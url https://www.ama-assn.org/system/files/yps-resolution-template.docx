--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1,40 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68F38300" w14:textId="22C472AE" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AMERICAN MEDICAL ASSOCIATION </w:t>
@@ -56,65 +61,65 @@
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4FCFB2" w14:textId="40DE2935" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="ResNum"/>
       <w:r>
         <w:t xml:space="preserve">Resolution: </w:t>
       </w:r>
       <w:r w:rsidR="00A4610E">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A4610E" w:rsidRPr="00445317">
         <w:t>Assigned by HOD</w:t>
       </w:r>
       <w:r w:rsidR="00A4610E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007101FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="1A79F1F8" w14:textId="2034E739" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
+    <w:p w14:paraId="1A79F1F8" w14:textId="356543B7" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0668">
-        <w:t>I</w:t>
+      <w:r w:rsidR="007F47B4">
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00121175">
         <w:t>-2</w:t>
       </w:r>
-      <w:r w:rsidR="00BF0668">
-        <w:t>5</w:t>
+      <w:r w:rsidR="007F47B4">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0611CE2D" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF0BCE0" w14:textId="088802FE" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:t>Introduced by:</w:t>
       </w:r>
       <w:r w:rsidR="00E66FA9">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -212,51 +217,56 @@
       <w:r w:rsidR="00445317">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00445317" w:rsidRPr="00445317">
         <w:t>Assigned by HOD</w:t>
       </w:r>
       <w:r w:rsidR="00445317">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F15272E" w14:textId="67AEA8D0" w:rsidR="0053196C" w:rsidRDefault="0053196C" w:rsidP="000D5E1B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="328F1EDC" w14:textId="379FBBF5" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B"/>
     <w:p w14:paraId="56D0F5B2" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:sectPr w:rsidR="000D5E1B" w:rsidSect="000D5E1B">
-          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="even" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="720" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D27DB4E" w14:textId="79057D60" w:rsidR="00302576" w:rsidRDefault="007A1536" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -282,51 +292,51 @@
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CC1EBC" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A9A44A9" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="0001634F">
       <w:pPr>
         <w:sectPr w:rsidR="0001634F" w:rsidSect="0001634F">
-          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="720" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="continuous"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77893DC7" w14:textId="77777777" w:rsidR="00B73BBC" w:rsidRDefault="00B73BBC" w:rsidP="00B73BBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
@@ -421,122 +431,104 @@
         <w:t>; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F81D7B" w14:textId="77777777" w:rsidR="009C4D8C" w:rsidRDefault="009C4D8C" w:rsidP="009C4D8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="399037E1" w14:textId="4E347767" w:rsidR="007A1536" w:rsidRPr="006C1524" w:rsidRDefault="00B73BBC" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Whereas,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Do Not capitalize first letter of each whereas "/>
           <w:tag w:val="Capitalize first letter of each whereas and end with"/>
           <w:id w:val="1214775733"/>
           <w:placeholder>
             <w:docPart w:val="1FADFA9C07B7491887080AB886EA0D80"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FA654A" w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00FA654A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BD0AD1" w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>therefore</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> be it</w:t>
+        <w:t>therefore be it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBC908C" w14:textId="77777777" w:rsidR="007A1536" w:rsidRPr="006C1524" w:rsidRDefault="007A1536" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C8CB8A6" w14:textId="129343B3" w:rsidR="007A1536" w:rsidRPr="006C1524" w:rsidRDefault="007A1536" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RESOLVED, </w:t>
       </w:r>
       <w:r w:rsidR="00B73BBC">
@@ -859,51 +851,51 @@
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00195047" w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13233B74" w14:textId="7AE232D7" w:rsidR="00302576" w:rsidRPr="00932267" w:rsidRDefault="00302576" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00302576" w:rsidRPr="00932267" w:rsidSect="000B7439">
-          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="720" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40E19E2F" w14:textId="7BC4BFFD" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="00773BD9">
       <w:pPr>
         <w:sectPr w:rsidR="000D5E1B" w:rsidSect="000D5E1B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1152" w:bottom="720" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55D44D37" w14:textId="021CFCA0" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:r>
@@ -1554,90 +1546,130 @@
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7FB120A2" w14:textId="77777777" w:rsidR="007F47B4" w:rsidRDefault="007F47B4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64240068" w14:textId="77777777" w:rsidR="007F47B4" w:rsidRDefault="007F47B4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E60D19D" w14:textId="77777777" w:rsidR="007F47B4" w:rsidRDefault="007F47B4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1032520A" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="19674F5C" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6B181388" w14:textId="197FFE83" w:rsidR="000D5E1B" w:rsidRDefault="0004578C" w:rsidP="000D5E1B">
+  <w:p w14:paraId="1F39A2E9" w14:textId="77777777" w:rsidR="007F47B4" w:rsidRDefault="007F47B4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B181388" w14:textId="197FFE83" w:rsidR="000D5E1B" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
-      <w:r w:rsidR="00E86998">
+      <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="000D5E1B">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidR="00210C06">
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="005F796D">
       <w:t>-2</w:t>
     </w:r>
     <w:r w:rsidR="00903817">
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="000D5E1B">
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6644381B" w14:textId="76625FFF" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
@@ -1664,59 +1696,69 @@
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="3709AE13" w14:textId="0967F33C" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="73EB0096" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="447FDD48" w14:textId="1A4636F4" w:rsidR="0001634F" w:rsidRDefault="0004578C" w:rsidP="000D5E1B">
+  <w:p w14:paraId="66869B43" w14:textId="77777777" w:rsidR="007F47B4" w:rsidRDefault="007F47B4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="447FDD48" w14:textId="1A4636F4" w:rsidR="0001634F" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
-      <w:r w:rsidR="00E86998">
+      <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="0001634F">
       <w:t xml:space="preserve"> (A-24)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7858EB32" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
@@ -1731,67 +1773,67 @@
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="0643C76B" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7145F6DC" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="14A41691" w14:textId="5A72FAE5" w:rsidR="0001634F" w:rsidRDefault="0004578C" w:rsidP="000D5E1B">
+  <w:p w14:paraId="14A41691" w14:textId="2601E4F7" w:rsidR="0001634F" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
-      <w:r w:rsidR="00E86998">
+      <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="0001634F">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="00BF0668">
-      <w:t>I-25</w:t>
+    <w:r w:rsidR="007F47B4">
+      <w:t>A-26</w:t>
     </w:r>
     <w:r w:rsidR="0001634F">
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="760269E7" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -2778,51 +2820,50 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1321035617">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1539852565">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="404645878">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="195122185">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1547446838">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2835,50 +2876,51 @@
     <w:rsid w:val="00012D1E"/>
     <w:rsid w:val="0001634F"/>
     <w:rsid w:val="0002692D"/>
     <w:rsid w:val="00036D5B"/>
     <w:rsid w:val="0004578C"/>
     <w:rsid w:val="0005570A"/>
     <w:rsid w:val="00086B25"/>
     <w:rsid w:val="000A3DF7"/>
     <w:rsid w:val="000A5F41"/>
     <w:rsid w:val="000A7E2F"/>
     <w:rsid w:val="000D0552"/>
     <w:rsid w:val="000D5E1B"/>
     <w:rsid w:val="000F3034"/>
     <w:rsid w:val="000F3861"/>
     <w:rsid w:val="00111E57"/>
     <w:rsid w:val="00121175"/>
     <w:rsid w:val="00121DBA"/>
     <w:rsid w:val="00126E21"/>
     <w:rsid w:val="001415B5"/>
     <w:rsid w:val="001575D4"/>
     <w:rsid w:val="00187D24"/>
     <w:rsid w:val="00187FA1"/>
     <w:rsid w:val="00195047"/>
     <w:rsid w:val="00195AD1"/>
     <w:rsid w:val="001A0EEC"/>
+    <w:rsid w:val="001A2683"/>
     <w:rsid w:val="001C62E5"/>
     <w:rsid w:val="00210C06"/>
     <w:rsid w:val="00217081"/>
     <w:rsid w:val="00244AD0"/>
     <w:rsid w:val="002574DC"/>
     <w:rsid w:val="0029776E"/>
     <w:rsid w:val="00297A3E"/>
     <w:rsid w:val="002C2C24"/>
     <w:rsid w:val="002C2E1D"/>
     <w:rsid w:val="002C717E"/>
     <w:rsid w:val="002D0AE2"/>
     <w:rsid w:val="002E0E5E"/>
     <w:rsid w:val="002E6750"/>
     <w:rsid w:val="002E7824"/>
     <w:rsid w:val="002F491F"/>
     <w:rsid w:val="00302576"/>
     <w:rsid w:val="00306C90"/>
     <w:rsid w:val="003164B8"/>
     <w:rsid w:val="00317383"/>
     <w:rsid w:val="0033113A"/>
     <w:rsid w:val="0033589E"/>
     <w:rsid w:val="00341403"/>
     <w:rsid w:val="003502EE"/>
     <w:rsid w:val="00366179"/>
     <w:rsid w:val="00370FB5"/>
@@ -2939,50 +2981,51 @@
     <w:rsid w:val="006D6A60"/>
     <w:rsid w:val="006D7AA0"/>
     <w:rsid w:val="006F278D"/>
     <w:rsid w:val="007101FE"/>
     <w:rsid w:val="00710A33"/>
     <w:rsid w:val="00715A1A"/>
     <w:rsid w:val="00721B1A"/>
     <w:rsid w:val="00732587"/>
     <w:rsid w:val="00740D05"/>
     <w:rsid w:val="007437AD"/>
     <w:rsid w:val="00751AE9"/>
     <w:rsid w:val="00765224"/>
     <w:rsid w:val="00766763"/>
     <w:rsid w:val="00772899"/>
     <w:rsid w:val="00773BD9"/>
     <w:rsid w:val="00794839"/>
     <w:rsid w:val="007A1536"/>
     <w:rsid w:val="007A1718"/>
     <w:rsid w:val="007B6EED"/>
     <w:rsid w:val="007C34B4"/>
     <w:rsid w:val="007D5506"/>
     <w:rsid w:val="007D5B12"/>
     <w:rsid w:val="007D722D"/>
     <w:rsid w:val="007E0C23"/>
     <w:rsid w:val="007E34F0"/>
+    <w:rsid w:val="007F47B4"/>
     <w:rsid w:val="00822625"/>
     <w:rsid w:val="00832A26"/>
     <w:rsid w:val="00834D84"/>
     <w:rsid w:val="00867D66"/>
     <w:rsid w:val="008706AB"/>
     <w:rsid w:val="00885221"/>
     <w:rsid w:val="0088779C"/>
     <w:rsid w:val="00894A40"/>
     <w:rsid w:val="008A7593"/>
     <w:rsid w:val="008B67C5"/>
     <w:rsid w:val="008B752C"/>
     <w:rsid w:val="008C026B"/>
     <w:rsid w:val="008C08FA"/>
     <w:rsid w:val="008C6895"/>
     <w:rsid w:val="008F0917"/>
     <w:rsid w:val="008F659D"/>
     <w:rsid w:val="00901F5E"/>
     <w:rsid w:val="009024AC"/>
     <w:rsid w:val="00903525"/>
     <w:rsid w:val="00903817"/>
     <w:rsid w:val="00906138"/>
     <w:rsid w:val="00924071"/>
     <w:rsid w:val="0094159A"/>
     <w:rsid w:val="009418DC"/>
     <w:rsid w:val="009451FF"/>
@@ -3044,50 +3087,51 @@
     <w:rsid w:val="00C375D1"/>
     <w:rsid w:val="00C52218"/>
     <w:rsid w:val="00C753A1"/>
     <w:rsid w:val="00CA6EDE"/>
     <w:rsid w:val="00CA769C"/>
     <w:rsid w:val="00CB7E1D"/>
     <w:rsid w:val="00CC065A"/>
     <w:rsid w:val="00CE5535"/>
     <w:rsid w:val="00CF47AE"/>
     <w:rsid w:val="00D17E2B"/>
     <w:rsid w:val="00D249CC"/>
     <w:rsid w:val="00D31470"/>
     <w:rsid w:val="00D46FB5"/>
     <w:rsid w:val="00D53D48"/>
     <w:rsid w:val="00D62DF5"/>
     <w:rsid w:val="00D74E8E"/>
     <w:rsid w:val="00D86BE1"/>
     <w:rsid w:val="00D87B84"/>
     <w:rsid w:val="00D87F5C"/>
     <w:rsid w:val="00DA3C18"/>
     <w:rsid w:val="00DB37A2"/>
     <w:rsid w:val="00DB4EB2"/>
     <w:rsid w:val="00DD3273"/>
     <w:rsid w:val="00DD4534"/>
     <w:rsid w:val="00DE56C3"/>
+    <w:rsid w:val="00DF7CAB"/>
     <w:rsid w:val="00E01DB4"/>
     <w:rsid w:val="00E0420C"/>
     <w:rsid w:val="00E13ABB"/>
     <w:rsid w:val="00E1695D"/>
     <w:rsid w:val="00E31F20"/>
     <w:rsid w:val="00E34B48"/>
     <w:rsid w:val="00E37868"/>
     <w:rsid w:val="00E43897"/>
     <w:rsid w:val="00E632FD"/>
     <w:rsid w:val="00E66286"/>
     <w:rsid w:val="00E66FA9"/>
     <w:rsid w:val="00E67E64"/>
     <w:rsid w:val="00E81174"/>
     <w:rsid w:val="00E86998"/>
     <w:rsid w:val="00EB54CE"/>
     <w:rsid w:val="00EC508B"/>
     <w:rsid w:val="00EC5CB5"/>
     <w:rsid w:val="00ED2F96"/>
     <w:rsid w:val="00ED43C7"/>
     <w:rsid w:val="00EE2E41"/>
     <w:rsid w:val="00EE551F"/>
     <w:rsid w:val="00EF5BDD"/>
     <w:rsid w:val="00F159A5"/>
     <w:rsid w:val="00F20347"/>
     <w:rsid w:val="00F2477C"/>
@@ -3889,51 +3933,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2096128272">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\CFRENZEL\AppData\Roaming\Microsoft\Templates\AMA\HODI-19.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -4630,51 +4674,51 @@
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -4684,50 +4728,51 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E575A"/>
     <w:rsid w:val="0023277F"/>
     <w:rsid w:val="00380E59"/>
     <w:rsid w:val="003B0536"/>
     <w:rsid w:val="003D1A6E"/>
     <w:rsid w:val="0050055C"/>
     <w:rsid w:val="005C06BB"/>
     <w:rsid w:val="00605723"/>
     <w:rsid w:val="00730F77"/>
     <w:rsid w:val="00757CA4"/>
     <w:rsid w:val="00991B6B"/>
     <w:rsid w:val="009E575A"/>
     <w:rsid w:val="00A503D0"/>
     <w:rsid w:val="00B96F85"/>
     <w:rsid w:val="00D5493B"/>
+    <w:rsid w:val="00DF7CAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -5611,67 +5656,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HODI-19</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>216</Words>
   <Characters>999</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1213</CharactersWithSpaces>
+  <CharactersWithSpaces>1180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carla Frenzel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Res</cp:category>
 </cp:coreProperties>
 </file>