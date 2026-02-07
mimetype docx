--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7BB017CD" w14:textId="77777777" w:rsidR="00D565AA" w:rsidRPr="0057216F" w:rsidRDefault="00662E79" w:rsidP="00E90E40">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0057216F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>AMA Young Physicians Section</w:t>
       </w:r>
       <w:r w:rsidR="0043315D" w:rsidRPr="0057216F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D565AA" w:rsidRPr="0057216F">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(YPS) Endorsement Questionnaire</w:t>
@@ -162,56 +162,50 @@
           <w:color w:val="452663"/>
         </w:rPr>
         <w:t>Nominee Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0DE726" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRPr="008C3459" w:rsidRDefault="00E90E40" w:rsidP="00E90E40">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3192"/>
         <w:gridCol w:w="1596"/>
         <w:gridCol w:w="1596"/>
         <w:gridCol w:w="3192"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E90E40" w14:paraId="122930EB" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33698CD3" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -241,56 +235,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FBFF50F" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="2D749C8D" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5146737F" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>First</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -319,56 +307,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54892C48" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Last</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="11EA2A55" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DA69141" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="990"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -378,104 +360,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A1F681F" w14:textId="77777777" w:rsidR="00356C8E" w:rsidRDefault="00356C8E" w:rsidP="0022716B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="990"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="1742A140" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6384" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5F66B3C7" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="020BBC47" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="7C09825E" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7230C33B" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
@@ -508,56 +478,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="524D56D8" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="25758A7F" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13DB518D" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -586,56 +550,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70E893A8" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="2C41B04E" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="294EE45C" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -654,175 +612,151 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="529B5611" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRPr="00155435" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00155435">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>Fax:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="77C7F101" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6F1569EA" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Daytime Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="238D1E16" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="59150341" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C75AA59" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>E-mail address:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w14:paraId="7F9B7C7D" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="162AB62C" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRDefault="00E90E40" w:rsidP="0022716B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E6C98" w:rsidRPr="006E6C98" w14:paraId="5897BBDF" w14:textId="77777777" w:rsidTr="00882E8F">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="477"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B03C4B2" w14:textId="77777777" w:rsidR="004B3A54" w:rsidRPr="00A22349" w:rsidRDefault="006E6C98" w:rsidP="006E6C98">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
@@ -908,56 +842,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B59A18F" w14:textId="77777777" w:rsidR="004B3A54" w:rsidRPr="00A22349" w:rsidRDefault="004B3A54" w:rsidP="006E6C98">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3A54" w:rsidRPr="005D1ADB" w14:paraId="307991A4" w14:textId="77777777" w:rsidTr="004B3A54">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="500F3A72" w14:textId="77777777" w:rsidR="004B3A54" w:rsidRPr="005D1ADB" w:rsidRDefault="004B3A54" w:rsidP="004B3A54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7341F87C" w14:textId="77777777" w:rsidR="006E6C98" w:rsidRPr="005D1ADB" w:rsidRDefault="006E6C98" w:rsidP="004B3A54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D1ADB">
@@ -1004,93 +932,81 @@
           </w:p>
           <w:p w14:paraId="0F1C777C" w14:textId="77777777" w:rsidR="004B3A54" w:rsidRPr="005D1ADB" w:rsidRDefault="004B3A54" w:rsidP="004B3A54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52209654" w14:textId="77777777" w:rsidR="004B3A54" w:rsidRPr="005D1ADB" w:rsidRDefault="004B3A54" w:rsidP="004B3A54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4733FCE4" w14:textId="77777777" w:rsidR="004B3A54" w:rsidRPr="005D1ADB" w:rsidRDefault="004B3A54" w:rsidP="004B3A54">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w:rsidRPr="006E6C98" w14:paraId="2D63B994" w14:textId="77777777" w:rsidTr="0022716B">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="42D5201D" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRPr="006E6C98" w:rsidRDefault="00E90E40" w:rsidP="006E6C98">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="053DC2B8" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRPr="006E6C98" w:rsidRDefault="00E90E40" w:rsidP="006E6C98">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w:rsidRPr="005D1ADB" w14:paraId="498E1775" w14:textId="77777777" w:rsidTr="006258CF">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65D32719" w14:textId="77777777" w:rsidR="00882E8F" w:rsidRPr="005D1ADB" w:rsidRDefault="006E6C98" w:rsidP="006E6C98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D1ADB">
@@ -1143,56 +1059,50 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00AEB623" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRPr="005D1ADB" w:rsidRDefault="00E90E40" w:rsidP="006E6C98">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00882E8F" w:rsidRPr="006E6C98" w14:paraId="1F5BE210" w14:textId="77777777" w:rsidTr="006258CF">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1155"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6B26CCED" w14:textId="77777777" w:rsidR="00882E8F" w:rsidRDefault="00882E8F" w:rsidP="006E6C98">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
@@ -1295,56 +1205,50 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="C0C0C0"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E90E40" w:rsidRPr="006E6C98" w:rsidSect="00595397">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1152" w:right="1440" w:bottom="900" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="410906E4" w14:textId="77777777" w:rsidR="00E15B3F" w:rsidRDefault="00E15B3F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9576" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9576"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E90E40" w:rsidRPr="006E6C98" w14:paraId="09EBD3AA" w14:textId="77777777" w:rsidTr="0082767A">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1882"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="125A2AA7" w14:textId="77777777" w:rsidR="0057216F" w:rsidRDefault="0057216F" w:rsidP="00974FEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="282309A2" w14:textId="77777777" w:rsidR="00974FEB" w:rsidRPr="00A22349" w:rsidRDefault="00974FEB" w:rsidP="00974FEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
@@ -1373,56 +1277,50 @@
           </w:p>
           <w:p w14:paraId="540074D2" w14:textId="77777777" w:rsidR="00FB2C52" w:rsidRDefault="00FB2C52" w:rsidP="006E6C98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="308E7A53" w14:textId="77777777" w:rsidR="00A22349" w:rsidRDefault="00A22349" w:rsidP="006E6C98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64F79A6A" w14:textId="77777777" w:rsidR="00A22349" w:rsidRPr="006E6C98" w:rsidRDefault="00A22349" w:rsidP="006E6C98">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E90E40" w:rsidRPr="006E6C98" w14:paraId="5F9488BB" w14:textId="77777777" w:rsidTr="0082767A">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3723DD9A" w14:textId="77777777" w:rsidR="0057216F" w:rsidRDefault="0057216F" w:rsidP="0009040D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75F9234D" w14:textId="77777777" w:rsidR="00E90E40" w:rsidRPr="0057216F" w:rsidRDefault="0009040D" w:rsidP="0009040D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1957,373 +1855,438 @@
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to yps@ama-assn.org</w:t>
       </w:r>
       <w:r w:rsidR="00FA07E3" w:rsidRPr="006258CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E90E40" w:rsidRPr="006258CF" w:rsidSect="00595397">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="19311674" w14:textId="77777777" w:rsidR="00595397" w:rsidRDefault="00595397">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DE0E493" w14:textId="77777777" w:rsidR="00595397" w:rsidRDefault="00595397">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7520FCA2" w14:textId="77777777" w:rsidR="00595397" w:rsidRDefault="00595397">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="547D4FB0" w14:textId="77777777" w:rsidR="00595397" w:rsidRDefault="00595397">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7F033233" w14:textId="77777777" w:rsidR="005D1ADB" w:rsidRDefault="005D1ADB" w:rsidP="00064C90">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F033233" w14:textId="44ED4A31" w:rsidR="005D1ADB" w:rsidRDefault="007D03A2" w:rsidP="00064C90">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:pict w14:anchorId="6C9446B1">
-[...22 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C9446B1" wp14:editId="5E0019DE">
+          <wp:extent cx="1219200" cy="685800"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1219200" cy="685800"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="38A9C943" w14:textId="77777777" w:rsidR="005D1ADB" w:rsidRDefault="005D1ADB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{E8059EC2-2381-4252-AD8C-C96568C16E38}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="660842504"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E90E40"/>
     <w:rsid w:val="0002390B"/>
     <w:rsid w:val="00034326"/>
     <w:rsid w:val="0003646E"/>
     <w:rsid w:val="0004655D"/>
     <w:rsid w:val="00061D31"/>
     <w:rsid w:val="00064C90"/>
     <w:rsid w:val="0009040D"/>
     <w:rsid w:val="000B1D69"/>
     <w:rsid w:val="001027B4"/>
     <w:rsid w:val="00140748"/>
     <w:rsid w:val="001D7E77"/>
     <w:rsid w:val="001F1533"/>
     <w:rsid w:val="001F3102"/>
     <w:rsid w:val="00210312"/>
     <w:rsid w:val="00226D50"/>
     <w:rsid w:val="0022716B"/>
     <w:rsid w:val="002404D5"/>
     <w:rsid w:val="00242FF9"/>
     <w:rsid w:val="00251C68"/>
     <w:rsid w:val="002532F1"/>
     <w:rsid w:val="002703CD"/>
+    <w:rsid w:val="0027773A"/>
     <w:rsid w:val="002B6B1B"/>
     <w:rsid w:val="002C45B8"/>
     <w:rsid w:val="002F0DAE"/>
     <w:rsid w:val="003263F4"/>
     <w:rsid w:val="003325C8"/>
     <w:rsid w:val="00356C8E"/>
     <w:rsid w:val="0036267B"/>
     <w:rsid w:val="003838DA"/>
     <w:rsid w:val="003842CD"/>
     <w:rsid w:val="003E047E"/>
     <w:rsid w:val="003F1986"/>
     <w:rsid w:val="00401EE0"/>
     <w:rsid w:val="00420AF1"/>
     <w:rsid w:val="00425D57"/>
     <w:rsid w:val="00431073"/>
     <w:rsid w:val="0043315D"/>
     <w:rsid w:val="0043397E"/>
     <w:rsid w:val="004A4D09"/>
     <w:rsid w:val="004B3A54"/>
     <w:rsid w:val="004C3454"/>
     <w:rsid w:val="00542999"/>
     <w:rsid w:val="0055238B"/>
     <w:rsid w:val="0057216F"/>
     <w:rsid w:val="0058006C"/>
     <w:rsid w:val="00595397"/>
     <w:rsid w:val="005D1ADB"/>
     <w:rsid w:val="005D5D4D"/>
     <w:rsid w:val="006052C0"/>
     <w:rsid w:val="006258CF"/>
     <w:rsid w:val="006422C5"/>
     <w:rsid w:val="00655100"/>
     <w:rsid w:val="00662E79"/>
     <w:rsid w:val="00687AE8"/>
     <w:rsid w:val="006933BD"/>
     <w:rsid w:val="00694D85"/>
     <w:rsid w:val="00695CDB"/>
     <w:rsid w:val="006E6C98"/>
     <w:rsid w:val="006F3C3E"/>
     <w:rsid w:val="00721C33"/>
     <w:rsid w:val="00733661"/>
     <w:rsid w:val="00760CD1"/>
     <w:rsid w:val="00782FAE"/>
     <w:rsid w:val="0079236A"/>
     <w:rsid w:val="007B2E63"/>
+    <w:rsid w:val="007D03A2"/>
     <w:rsid w:val="0082767A"/>
     <w:rsid w:val="008316DE"/>
     <w:rsid w:val="00873758"/>
     <w:rsid w:val="00882E8F"/>
     <w:rsid w:val="00896887"/>
     <w:rsid w:val="008C3459"/>
     <w:rsid w:val="008F02F9"/>
     <w:rsid w:val="00934D82"/>
     <w:rsid w:val="00962BF3"/>
     <w:rsid w:val="00974FEB"/>
     <w:rsid w:val="009B18C9"/>
     <w:rsid w:val="009B546C"/>
     <w:rsid w:val="009D5EB5"/>
     <w:rsid w:val="009D6D32"/>
     <w:rsid w:val="009E3D62"/>
     <w:rsid w:val="009E5D0F"/>
     <w:rsid w:val="00A22349"/>
     <w:rsid w:val="00A37F78"/>
     <w:rsid w:val="00A84C3D"/>
     <w:rsid w:val="00AC7F03"/>
     <w:rsid w:val="00AD334B"/>
     <w:rsid w:val="00AE16D4"/>
     <w:rsid w:val="00B3547B"/>
     <w:rsid w:val="00B8515D"/>
     <w:rsid w:val="00BF723F"/>
     <w:rsid w:val="00C32C0B"/>
     <w:rsid w:val="00C63D07"/>
     <w:rsid w:val="00C75F50"/>
     <w:rsid w:val="00D21C56"/>
+    <w:rsid w:val="00D2631A"/>
     <w:rsid w:val="00D565AA"/>
     <w:rsid w:val="00DE1251"/>
     <w:rsid w:val="00DE5925"/>
     <w:rsid w:val="00E058D4"/>
     <w:rsid w:val="00E15B3F"/>
     <w:rsid w:val="00E90E40"/>
     <w:rsid w:val="00EF5169"/>
     <w:rsid w:val="00F34A47"/>
     <w:rsid w:val="00FA07E3"/>
     <w:rsid w:val="00FA1249"/>
     <w:rsid w:val="00FB2C52"/>
     <w:rsid w:val="00FB67FA"/>
     <w:rsid w:val="00FC7F47"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="14BE88D6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3AB0F0D3-43FC-4179-A6FC-499DCC47D3D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2541,145 +2504,150 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E90E40"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="800080"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E90E40"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00E90E40"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E90E40"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="006422C5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1307323131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1664774623">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ama-assn.org/resources/doc/yps/yps@ama-assn.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -2947,52 +2915,52 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>239</Words>
-  <Characters>1367</Characters>
+  <Words>213</Words>
+  <Characters>1393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>YPS Governing Council Elections - Nomination Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>