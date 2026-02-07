--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -13,104 +13,107 @@
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68F38300" w14:textId="481BE9C0" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AMERICAN MEDICAL ASSOCIATION </w:t>
       </w:r>
       <w:r w:rsidR="00121175">
         <w:t>WOMEN PHYSICIANS SECTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="447228B5" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43AEC291" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4FCFB2" w14:textId="40DE2935" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="ResNum"/>
       <w:r>
         <w:t xml:space="preserve">Resolution: </w:t>
       </w:r>
       <w:r w:rsidR="00A4610E">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A4610E" w:rsidRPr="00445317">
         <w:t>Assigned by HOD</w:t>
       </w:r>
       <w:r w:rsidR="00A4610E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007101FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="1A79F1F8" w14:textId="4FD5972D" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
+    <w:p w14:paraId="1A79F1F8" w14:textId="5E2274FA" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00121175">
-        <w:t>A-24</w:t>
+        <w:t>A-2</w:t>
+      </w:r>
+      <w:r w:rsidR="004001B4">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0611CE2D" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF0BCE0" w14:textId="088802FE" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:t>Introduced by:</w:t>
       </w:r>
       <w:r w:rsidR="00E66FA9">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -1485,182 +1488,182 @@
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6E0FCF1C" w14:textId="77777777" w:rsidR="00D74E8E" w:rsidRPr="002C717E" w:rsidRDefault="00D74E8E" w:rsidP="00562EA2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D74E8E" w:rsidRPr="002C717E" w:rsidSect="000D5E1B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1152" w:bottom="720" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0D863B1F" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="43480F00" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30F94316" w14:textId="77777777" w:rsidR="00E86998" w:rsidRDefault="00E86998">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4DB1BDAB" w14:textId="77777777" w:rsidR="00E86998" w:rsidRDefault="00E86998">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13CBF20A" w14:textId="77777777" w:rsidR="00E86998" w:rsidRDefault="00E86998">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1032520A" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="19674F5C" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75EBA14A" w14:textId="77777777" w:rsidR="00E86998" w:rsidRDefault="00E86998">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6B181388" w14:textId="197FFE83" w:rsidR="000D5E1B" w:rsidRDefault="00B73BBC" w:rsidP="000D5E1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B181388" w14:textId="197FFE83" w:rsidR="000D5E1B" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
-      <w:r w:rsidR="00E86998">
+      <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="000D5E1B">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidR="00210C06">
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="005F796D">
       <w:t>-2</w:t>
     </w:r>
     <w:r w:rsidR="00903817">
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="000D5E1B">
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6644381B" w14:textId="76625FFF" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
@@ -1688,68 +1691,68 @@
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="3709AE13" w14:textId="0967F33C" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="73EB0096" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D4BA59A" w14:textId="77777777" w:rsidR="00E86998" w:rsidRDefault="00E86998">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="447FDD48" w14:textId="1A4636F4" w:rsidR="0001634F" w:rsidRDefault="00B73BBC" w:rsidP="000D5E1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="447FDD48" w14:textId="1A4636F4" w:rsidR="0001634F" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
-      <w:r w:rsidR="00E86998">
+      <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="0001634F">
       <w:t xml:space="preserve"> (A-24)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7858EB32" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
@@ -1765,72 +1768,72 @@
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="0643C76B" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7145F6DC" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="14A41691" w14:textId="3D663F48" w:rsidR="0001634F" w:rsidRDefault="00B73BBC" w:rsidP="000D5E1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14A41691" w14:textId="168C2FA5" w:rsidR="0001634F" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
-      <w:r w:rsidR="00E86998">
+      <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="0001634F">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidR="00121175">
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="0001634F">
       <w:t>-2</w:t>
     </w:r>
-    <w:r w:rsidR="00121175">
-      <w:t>4</w:t>
+    <w:r w:rsidR="004001B4">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0001634F">
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="760269E7" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -1844,51 +1847,51 @@
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="55A5A9B8" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4F6CD9C6" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D09C7C28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="DD78BF9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -2813,52 +2816,52 @@
   <w:num w:numId="35" w16cid:durableId="367801790">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="846210285">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1321035617">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1539852565">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="404645878">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="195122185">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1547446838">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2894,97 +2897,100 @@
     <w:rsid w:val="00195047"/>
     <w:rsid w:val="00195AD1"/>
     <w:rsid w:val="001A0EEC"/>
     <w:rsid w:val="001C62E5"/>
     <w:rsid w:val="00210C06"/>
     <w:rsid w:val="00217081"/>
     <w:rsid w:val="00244AD0"/>
     <w:rsid w:val="002574DC"/>
     <w:rsid w:val="0029776E"/>
     <w:rsid w:val="00297A3E"/>
     <w:rsid w:val="002C2C24"/>
     <w:rsid w:val="002C2E1D"/>
     <w:rsid w:val="002C717E"/>
     <w:rsid w:val="002D0AE2"/>
     <w:rsid w:val="002E0E5E"/>
     <w:rsid w:val="002E6750"/>
     <w:rsid w:val="002E7824"/>
     <w:rsid w:val="002F491F"/>
     <w:rsid w:val="00302576"/>
     <w:rsid w:val="00306C90"/>
     <w:rsid w:val="003164B8"/>
     <w:rsid w:val="00317383"/>
     <w:rsid w:val="0033113A"/>
     <w:rsid w:val="0033589E"/>
     <w:rsid w:val="00341403"/>
+    <w:rsid w:val="003466D8"/>
     <w:rsid w:val="003502EE"/>
     <w:rsid w:val="00366179"/>
     <w:rsid w:val="00370FB5"/>
     <w:rsid w:val="00376F9F"/>
     <w:rsid w:val="00380828"/>
     <w:rsid w:val="003967CD"/>
     <w:rsid w:val="003A4AFB"/>
     <w:rsid w:val="003A7CEE"/>
     <w:rsid w:val="003C5BAC"/>
     <w:rsid w:val="003C6847"/>
     <w:rsid w:val="003D0F53"/>
     <w:rsid w:val="003D2DF0"/>
     <w:rsid w:val="003E52BB"/>
+    <w:rsid w:val="004001B4"/>
     <w:rsid w:val="004219D8"/>
     <w:rsid w:val="00422A0B"/>
     <w:rsid w:val="004316AD"/>
     <w:rsid w:val="00432DE9"/>
     <w:rsid w:val="004446EE"/>
     <w:rsid w:val="00445317"/>
     <w:rsid w:val="00446C78"/>
     <w:rsid w:val="00453160"/>
     <w:rsid w:val="00491C25"/>
     <w:rsid w:val="004D471B"/>
     <w:rsid w:val="004D7DB9"/>
     <w:rsid w:val="004F1769"/>
     <w:rsid w:val="00504F9D"/>
     <w:rsid w:val="0051186B"/>
     <w:rsid w:val="005165EC"/>
     <w:rsid w:val="005223EE"/>
     <w:rsid w:val="0053196C"/>
     <w:rsid w:val="00562EA2"/>
     <w:rsid w:val="00573425"/>
     <w:rsid w:val="005A33DF"/>
     <w:rsid w:val="005A40EA"/>
     <w:rsid w:val="005B26D5"/>
     <w:rsid w:val="005C0673"/>
     <w:rsid w:val="005D1DD8"/>
     <w:rsid w:val="005D1E49"/>
     <w:rsid w:val="005D3E81"/>
     <w:rsid w:val="005F1B0D"/>
     <w:rsid w:val="005F6E50"/>
     <w:rsid w:val="005F796D"/>
     <w:rsid w:val="00603362"/>
     <w:rsid w:val="00610FA5"/>
     <w:rsid w:val="006143EE"/>
     <w:rsid w:val="00644AB5"/>
     <w:rsid w:val="00655CF7"/>
+    <w:rsid w:val="00656A11"/>
     <w:rsid w:val="00674472"/>
     <w:rsid w:val="00692C23"/>
     <w:rsid w:val="00694A64"/>
     <w:rsid w:val="006B2771"/>
     <w:rsid w:val="006B4160"/>
     <w:rsid w:val="006B46D2"/>
     <w:rsid w:val="006B60A9"/>
     <w:rsid w:val="006C1524"/>
     <w:rsid w:val="006D6A60"/>
     <w:rsid w:val="006D7AA0"/>
     <w:rsid w:val="006F278D"/>
     <w:rsid w:val="007101FE"/>
     <w:rsid w:val="00710A33"/>
     <w:rsid w:val="00715A1A"/>
     <w:rsid w:val="00721B1A"/>
     <w:rsid w:val="00732587"/>
     <w:rsid w:val="00740D05"/>
     <w:rsid w:val="007437AD"/>
     <w:rsid w:val="00751AE9"/>
     <w:rsid w:val="00765224"/>
     <w:rsid w:val="00766763"/>
     <w:rsid w:val="00772899"/>
     <w:rsid w:val="00773BD9"/>
     <w:rsid w:val="00794839"/>
     <w:rsid w:val="007A1536"/>
@@ -3146,51 +3152,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="613B71B0"/>
   <w15:docId w15:val="{018D2D8A-A3DF-4EF9-9204-9C4331F0FC98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3849,51 +3855,51 @@
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007A1536"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F3861"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="127477299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1489395590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3934,51 +3940,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\CFRENZEL\AppData\Roaming\Microsoft\Templates\AMA\HODI-19.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{286AE32C-9580-4844-AD79-7EF0D9085616}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B96F85" w:rsidRDefault="009E575A">
           <w:r w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -4630,160 +4636,161 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E26B6856-D70D-44A1-BE38-E9F834FFC967}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00605723" w:rsidRDefault="00D5493B" w:rsidP="00D5493B">
           <w:pPr>
             <w:pStyle w:val="1FADFA9C07B7491887080AB886EA0D80"/>
           </w:pPr>
           <w:r w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E575A"/>
     <w:rsid w:val="0023277F"/>
     <w:rsid w:val="00380E59"/>
     <w:rsid w:val="003B0536"/>
     <w:rsid w:val="0050055C"/>
     <w:rsid w:val="005C06BB"/>
     <w:rsid w:val="00605723"/>
+    <w:rsid w:val="00656A11"/>
     <w:rsid w:val="00730F77"/>
     <w:rsid w:val="00757CA4"/>
     <w:rsid w:val="00991B6B"/>
     <w:rsid w:val="009E575A"/>
     <w:rsid w:val="00A503D0"/>
     <w:rsid w:val="00B96F85"/>
     <w:rsid w:val="00D5493B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5343,51 +5350,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DA4B739ACC7A488C99D851DCC1885F22">
     <w:name w:val="DA4B739ACC7A488C99D851DCC1885F22"/>
     <w:rsid w:val="005C06BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFC5AEE356F9441E857AAA6BE3B217C1">
     <w:name w:val="CFC5AEE356F9441E857AAA6BE3B217C1"/>
     <w:rsid w:val="005C06BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="98634734D6084A8ABD3BBAA756809F59">
     <w:name w:val="98634734D6084A8ABD3BBAA756809F59"/>
     <w:rsid w:val="005C06BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E8F8AF03DC3B4BC68712BC7E0EFBBFEC">
     <w:name w:val="E8F8AF03DC3B4BC68712BC7E0EFBBFEC"/>
     <w:rsid w:val="005C06BB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="303457BB906047FBB94C503B6B5AE26F">
     <w:name w:val="303457BB906047FBB94C503B6B5AE26F"/>
     <w:rsid w:val="005C06BB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5640,70 +5647,70 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HODI-19</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>216</Words>
-  <Characters>999</Characters>
+  <Characters>940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1213</CharactersWithSpaces>
+  <CharactersWithSpaces>1127</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carla Frenzel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Res</cp:category>
 </cp:coreProperties>
 </file>