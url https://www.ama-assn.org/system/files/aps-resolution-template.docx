--- v0 (2025-12-14)
+++ v1 (2026-02-08)
@@ -1,54 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68F38300" w14:textId="516B8617" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AMERICAN MEDICAL ASSOCIATION </w:t>
       </w:r>
       <w:r w:rsidR="005C453E">
         <w:t>ACADEMIC</w:t>
       </w:r>
       <w:r w:rsidR="00121175">
         <w:t xml:space="preserve"> PHYSICIANS SECTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="447228B5" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43AEC291" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
@@ -56,147 +57,145 @@
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4FCFB2" w14:textId="40DE2935" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="ResNum"/>
       <w:r>
         <w:t xml:space="preserve">Resolution: </w:t>
       </w:r>
       <w:r w:rsidR="00A4610E">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A4610E" w:rsidRPr="00445317">
         <w:t>Assigned by HOD</w:t>
       </w:r>
       <w:r w:rsidR="00A4610E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007101FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="1A79F1F8" w14:textId="219F2E77" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
+    <w:p w14:paraId="1A79F1F8" w14:textId="693A4B8E" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="007A25B7">
-        <w:t>I</w:t>
+      <w:r w:rsidR="009A0585">
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00121175">
         <w:t>-2</w:t>
       </w:r>
-      <w:r w:rsidR="00250518">
-        <w:t>5</w:t>
+      <w:r w:rsidR="009A0585">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0611CE2D" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EF0BCE0" w14:textId="088802FE" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:t>Introduced by:</w:t>
       </w:r>
       <w:r w:rsidR="00E66FA9">
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Enter Primary Sponsor, Co-sponsors"/>
           <w:tag w:val="Sponsor Name(s)"/>
           <w:id w:val="-1706560441"/>
           <w:placeholder>
             <w:docPart w:val="FB253A6919D24A54B12D1D6DF487EE52"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E66FA9" w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7A41781A" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B8E4EEA" w14:textId="40214EFF" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:r>
         <w:t>Subject:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Enter Resolution Title"/>
           <w:tag w:val="Resolution Name"/>
           <w:id w:val="-136269803"/>
           <w:placeholder>
             <w:docPart w:val="70451B3F9FEF481AAF80861598492F08"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00772899" w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2B69449A" w14:textId="77777777" w:rsidR="000D5E1B" w:rsidRDefault="000D5E1B" w:rsidP="000D5E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A63AC98" w14:textId="748FC274" w:rsidR="006B2771" w:rsidRPr="00445317" w:rsidRDefault="000D5E1B" w:rsidP="006B2771">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
@@ -253,51 +252,50 @@
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Do Not capitalize first letter of each whereas "/>
           <w:tag w:val="Capitalize first letter of each whereas and end with"/>
           <w:id w:val="-849956532"/>
           <w:placeholder>
             <w:docPart w:val="01B643E5CA5749B18C066DA638541152"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C7C70" w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CC1EBC" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -324,51 +322,50 @@
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Do Not capitalize first letter of each whereas "/>
           <w:tag w:val="Capitalize first letter of each whereas and end with"/>
           <w:id w:val="1494914087"/>
           <w:placeholder>
             <w:docPart w:val="1923077225EA4450BDC9A17799A206D7"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64930D66" w14:textId="77777777" w:rsidR="009C4D8C" w:rsidRDefault="009C4D8C" w:rsidP="009C4D8C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -381,51 +378,50 @@
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Do Not capitalize first letter of each whereas "/>
           <w:tag w:val="Capitalize first letter of each whereas and end with"/>
           <w:id w:val="-600576023"/>
           <w:placeholder>
             <w:docPart w:val="1CCE645ACBB14BB29674BE11DB5D8734"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F81D7B" w14:textId="77777777" w:rsidR="009C4D8C" w:rsidRDefault="009C4D8C" w:rsidP="009C4D8C">
@@ -445,51 +441,50 @@
       </w:pPr>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Whereas, </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="Do Not capitalize first letter of each whereas "/>
           <w:tag w:val="Capitalize first letter of each whereas and end with"/>
           <w:id w:val="1214775733"/>
           <w:placeholder>
             <w:docPart w:val="1FADFA9C07B7491887080AB886EA0D80"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FA654A" w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00FA654A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BD0AD1" w:rsidRPr="006C1524">
@@ -545,67 +540,65 @@
         <w:t>hat our American Medical Association</w:t>
       </w:r>
       <w:r w:rsidR="00126E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:alias w:val="enter first resolved"/>
           <w:tag w:val="enter first resolved"/>
           <w:id w:val="1862006767"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:temporary/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:id w:val="-113830182"/>
               <w:placeholder>
                 <w:docPart w:val="BCDDC0A24071436AB7CE24EAF8E27414"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text w:multiLine="1"/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005C0673" w:rsidRPr="00F31701">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                 </w:rPr>
                 <w:t>Click or tap here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and be it further</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D949703" w14:textId="77777777" w:rsidR="007A1536" w:rsidRPr="006C1524" w:rsidRDefault="007A1536" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -640,68 +633,66 @@
         <w:t>hat our AMA</w:t>
       </w:r>
       <w:r w:rsidR="00126E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:alias w:val="enter additional resolved as needed"/>
           <w:tag w:val="enter additional resolved"/>
           <w:id w:val="367269228"/>
           <w:placeholder>
             <w:docPart w:val="3239356EE6D54B3ABD5EAFF378A528C1"/>
           </w:placeholder>
           <w:temporary/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:id w:val="64221241"/>
               <w:placeholder>
                 <w:docPart w:val="CFE652AC57DF44539CD0664CBAB21CB4"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w15:color w:val="FF0000"/>
               <w:text w:multiLine="1"/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="005C0673" w:rsidRPr="00F31701">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                 </w:rPr>
                 <w:t>Click or tap here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and be it further</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B0D4FC" w14:textId="77777777" w:rsidR="00DD4534" w:rsidRDefault="00DD4534" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -736,67 +727,65 @@
         <w:t>hat our AMA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:alias w:val="enter additional resolved as needed"/>
           <w:tag w:val="enter additional resolved"/>
           <w:id w:val="-392806159"/>
           <w:placeholder>
             <w:docPart w:val="FA68027DD23E491EA5E0936CDA7C0E05"/>
           </w:placeholder>
           <w:temporary/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:id w:val="-1520467676"/>
               <w:placeholder>
                 <w:docPart w:val="F6E9109FB0204A09B7E02BAE197E2C55"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text w:multiLine="1"/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidRPr="00F31701">
                 <w:rPr>
                   <w:rStyle w:val="PlaceholderText"/>
                 </w:rPr>
                 <w:t>Click or tap here to enter text.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and be it further</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8E40BE" w14:textId="77777777" w:rsidR="0088779C" w:rsidRDefault="0088779C" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -825,51 +814,50 @@
       </w:r>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hat our AMA </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:alias w:val="enter final resolved"/>
           <w:tag w:val="enter final resolved"/>
           <w:id w:val="195127419"/>
           <w:placeholder>
             <w:docPart w:val="91AA92CB32514A9FBCDA1DACF9911034"/>
           </w:placeholder>
           <w:temporary/>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00195047" w:rsidRPr="00F31701">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="006C1524">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13233B74" w14:textId="7AE232D7" w:rsidR="00302576" w:rsidRPr="00932267" w:rsidRDefault="00302576" w:rsidP="007A1536">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00302576" w:rsidRPr="00932267" w:rsidSect="000B7439">
           <w:headerReference w:type="default" r:id="rId9"/>
@@ -939,51 +927,50 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Add as many references as needed"/>
         <w:tag w:val="Add as many references as needed"/>
         <w:id w:val="-450090594"/>
         <w:placeholder>
           <w:docPart w:val="7B1B6592221D4A18A83F2F12D851F8B7"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0F96096E" w14:textId="6D95BFD9" w:rsidR="002C717E" w:rsidRDefault="001575D4" w:rsidP="001575D4">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="41"/>
             </w:numPr>
             <w:suppressLineNumbers/>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001575D4">
@@ -994,51 +981,50 @@
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Add as many references as needed"/>
         <w:tag w:val="Add as many references as needed"/>
         <w:id w:val="2145842457"/>
         <w:placeholder>
           <w:docPart w:val="CFC5AEE356F9441E857AAA6BE3B217C1"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="1B2A03CA" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="41"/>
             </w:numPr>
             <w:suppressLineNumbers/>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001575D4">
@@ -1049,51 +1035,50 @@
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Add as many references as needed"/>
         <w:tag w:val="Add as many references as needed"/>
         <w:id w:val="-1294212976"/>
         <w:placeholder>
           <w:docPart w:val="98634734D6084A8ABD3BBAA756809F59"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="3716B35F" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="41"/>
             </w:numPr>
             <w:suppressLineNumbers/>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001575D4">
@@ -1104,51 +1089,50 @@
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Add as many references as needed"/>
         <w:tag w:val="Add as many references as needed"/>
         <w:id w:val="1540472556"/>
         <w:placeholder>
           <w:docPart w:val="E8F8AF03DC3B4BC68712BC7E0EFBBFEC"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="5F917A8E" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="41"/>
             </w:numPr>
             <w:suppressLineNumbers/>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001575D4">
@@ -1159,51 +1143,50 @@
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:alias w:val="Add as many references as needed"/>
         <w:tag w:val="Add as many references as needed"/>
         <w:id w:val="-708107022"/>
         <w:placeholder>
           <w:docPart w:val="303457BB906047FBB94C503B6B5AE26F"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4F46E276" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="41"/>
             </w:numPr>
             <w:suppressLineNumbers/>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:ind w:left="360"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001575D4">
@@ -1262,356 +1245,351 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:alias w:val="Copy and Paste Full Text of Policy. Bold title and number"/>
         <w:tag w:val="Copy and Paste Full Policy"/>
         <w:id w:val="-620303646"/>
         <w:placeholder>
           <w:docPart w:val="FA058F2537BF40FC85DDA54C51C132CD"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0540E28C" w14:textId="5CBA5380" w:rsidR="007A1536" w:rsidRDefault="00FA7B88" w:rsidP="007A1536">
           <w:pPr>
             <w:pStyle w:val="NormalWeb"/>
             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E31F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:alias w:val="Copy and Paste Full Text of Policy. Bold title and number"/>
         <w:tag w:val="Copy and Paste Full Policy"/>
         <w:id w:val="-231001164"/>
         <w:placeholder>
           <w:docPart w:val="482D129F6F9B449096D3A060B11464EE"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7024AB8B" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="NormalWeb"/>
             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E31F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:alias w:val="Copy and Paste Full Text of Policy. Bold title and number"/>
         <w:tag w:val="Copy and Paste Full Policy"/>
         <w:id w:val="706229664"/>
         <w:placeholder>
           <w:docPart w:val="9A36304402634E74A263941513E61E31"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="41B68A21" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="NormalWeb"/>
             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E31F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:alias w:val="Copy and Paste Full Text of Policy. Bold title and number"/>
         <w:tag w:val="Copy and Paste Full Policy"/>
         <w:id w:val="1365712608"/>
         <w:placeholder>
           <w:docPart w:val="CD771E748FCF4148AA9528B427539189"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="59C2D0B9" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="NormalWeb"/>
             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E31F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:alias w:val="Copy and Paste Full Text of Policy. Bold title and number"/>
         <w:tag w:val="Copy and Paste Full Policy"/>
         <w:id w:val="-1927180380"/>
         <w:placeholder>
           <w:docPart w:val="DA4B739ACC7A488C99D851DCC1885F22"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
         <w15:color w:val="FF0000"/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7BB812B1" w14:textId="77777777" w:rsidR="00010494" w:rsidRDefault="00010494" w:rsidP="00010494">
           <w:pPr>
             <w:pStyle w:val="NormalWeb"/>
             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E31F20">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6E0FCF1C" w14:textId="77777777" w:rsidR="00D74E8E" w:rsidRPr="002C717E" w:rsidRDefault="00D74E8E" w:rsidP="00562EA2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D74E8E" w:rsidRPr="002C717E" w:rsidSect="000D5E1B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1152" w:bottom="720" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D863B1F" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
+    <w:p w14:paraId="05BEEA65" w14:textId="77777777" w:rsidR="00557BA9" w:rsidRDefault="00557BA9" w:rsidP="000D5E1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43480F00" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
+    <w:p w14:paraId="24701AB4" w14:textId="77777777" w:rsidR="00557BA9" w:rsidRDefault="00557BA9" w:rsidP="000D5E1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1032520A" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
+    <w:p w14:paraId="601B22AD" w14:textId="77777777" w:rsidR="00557BA9" w:rsidRDefault="00557BA9" w:rsidP="000D5E1B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19674F5C" w14:textId="77777777" w:rsidR="00CA769C" w:rsidRDefault="00CA769C" w:rsidP="000D5E1B">
+    <w:p w14:paraId="15A9CA5F" w14:textId="77777777" w:rsidR="00557BA9" w:rsidRDefault="00557BA9" w:rsidP="000D5E1B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B181388" w14:textId="197FFE83" w:rsidR="000D5E1B" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
       <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="000D5E1B">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidR="00210C06">
       <w:t>A</w:t>
@@ -1724,71 +1702,71 @@
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="0643C76B" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7145F6DC" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="14A41691" w14:textId="4A43C046" w:rsidR="0001634F" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
+  <w:p w14:paraId="14A41691" w14:textId="53075284" w:rsidR="0001634F" w:rsidRDefault="00E86998" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:fldSimple w:instr=" ResNum ">
       <w:r>
         <w:t xml:space="preserve">Resolution: 000 </w:t>
       </w:r>
     </w:fldSimple>
     <w:r w:rsidR="0001634F">
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="007A25B7">
-      <w:t>I</w:t>
+    <w:r w:rsidR="009A0585">
+      <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="0001634F">
       <w:t>-2</w:t>
     </w:r>
-    <w:r w:rsidR="00250518">
-      <w:t>5</w:t>
+    <w:r w:rsidR="009A0585">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="0001634F">
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="760269E7" w14:textId="77777777" w:rsidR="0001634F" w:rsidRDefault="0001634F" w:rsidP="000D5E1B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -2772,63 +2750,64 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="846210285">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1321035617">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1539852565">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="404645878">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="195122185">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1547446838">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D5E1B"/>
     <w:rsid w:val="00010494"/>
     <w:rsid w:val="00012D1E"/>
     <w:rsid w:val="0001634F"/>
     <w:rsid w:val="0002692D"/>
@@ -2846,92 +2825,95 @@
     <w:rsid w:val="00111E57"/>
     <w:rsid w:val="00121175"/>
     <w:rsid w:val="00121DBA"/>
     <w:rsid w:val="00126E21"/>
     <w:rsid w:val="001415B5"/>
     <w:rsid w:val="001575D4"/>
     <w:rsid w:val="00187D24"/>
     <w:rsid w:val="00187FA1"/>
     <w:rsid w:val="00195047"/>
     <w:rsid w:val="00195AD1"/>
     <w:rsid w:val="001A0EEC"/>
     <w:rsid w:val="001C62E5"/>
     <w:rsid w:val="00210C06"/>
     <w:rsid w:val="00217081"/>
     <w:rsid w:val="00244AD0"/>
     <w:rsid w:val="00250518"/>
     <w:rsid w:val="002574DC"/>
     <w:rsid w:val="00281034"/>
     <w:rsid w:val="0029776E"/>
     <w:rsid w:val="00297A3E"/>
     <w:rsid w:val="002C2C24"/>
     <w:rsid w:val="002C2E1D"/>
     <w:rsid w:val="002C717E"/>
     <w:rsid w:val="002D0AE2"/>
     <w:rsid w:val="002E0E5E"/>
+    <w:rsid w:val="002E1A28"/>
     <w:rsid w:val="002E6750"/>
     <w:rsid w:val="002E7824"/>
     <w:rsid w:val="002F491F"/>
     <w:rsid w:val="00302576"/>
     <w:rsid w:val="00306C90"/>
     <w:rsid w:val="003164B8"/>
     <w:rsid w:val="00317383"/>
     <w:rsid w:val="0033113A"/>
     <w:rsid w:val="0033589E"/>
     <w:rsid w:val="00341403"/>
     <w:rsid w:val="003502EE"/>
     <w:rsid w:val="00366179"/>
     <w:rsid w:val="00370FB5"/>
     <w:rsid w:val="00376F9F"/>
     <w:rsid w:val="00380828"/>
     <w:rsid w:val="003967CD"/>
     <w:rsid w:val="003A4AFB"/>
     <w:rsid w:val="003A7CEE"/>
     <w:rsid w:val="003C5BAC"/>
     <w:rsid w:val="003C6847"/>
     <w:rsid w:val="003D0F53"/>
     <w:rsid w:val="003D2DF0"/>
     <w:rsid w:val="003D3FF4"/>
     <w:rsid w:val="003E52BB"/>
     <w:rsid w:val="004219D8"/>
     <w:rsid w:val="00422A0B"/>
+    <w:rsid w:val="00426E7A"/>
     <w:rsid w:val="004316AD"/>
     <w:rsid w:val="00432DE9"/>
     <w:rsid w:val="004446EE"/>
     <w:rsid w:val="00445317"/>
     <w:rsid w:val="00446C78"/>
     <w:rsid w:val="00453160"/>
     <w:rsid w:val="00491C25"/>
     <w:rsid w:val="004D471B"/>
     <w:rsid w:val="004D7DB9"/>
     <w:rsid w:val="004F1769"/>
     <w:rsid w:val="00504F9D"/>
     <w:rsid w:val="0051186B"/>
     <w:rsid w:val="005165EC"/>
     <w:rsid w:val="005223EE"/>
     <w:rsid w:val="0053196C"/>
     <w:rsid w:val="00550867"/>
+    <w:rsid w:val="00557BA9"/>
     <w:rsid w:val="00562EA2"/>
     <w:rsid w:val="00573425"/>
     <w:rsid w:val="005A33DF"/>
     <w:rsid w:val="005A40EA"/>
     <w:rsid w:val="005B26D5"/>
     <w:rsid w:val="005C0673"/>
     <w:rsid w:val="005C453E"/>
     <w:rsid w:val="005D1DD8"/>
     <w:rsid w:val="005D1E49"/>
     <w:rsid w:val="005D3E81"/>
     <w:rsid w:val="005F1B0D"/>
     <w:rsid w:val="005F6E50"/>
     <w:rsid w:val="005F796D"/>
     <w:rsid w:val="00603362"/>
     <w:rsid w:val="00610FA5"/>
     <w:rsid w:val="006143EE"/>
     <w:rsid w:val="00644AB5"/>
     <w:rsid w:val="00655CF7"/>
     <w:rsid w:val="00674472"/>
     <w:rsid w:val="00691478"/>
     <w:rsid w:val="00692C23"/>
     <w:rsid w:val="00694A64"/>
     <w:rsid w:val="006B2771"/>
     <w:rsid w:val="006B4160"/>
     <w:rsid w:val="006B46D2"/>
@@ -2971,50 +2953,51 @@
     <w:rsid w:val="00885221"/>
     <w:rsid w:val="0088779C"/>
     <w:rsid w:val="00894A40"/>
     <w:rsid w:val="008A7593"/>
     <w:rsid w:val="008B67C5"/>
     <w:rsid w:val="008B752C"/>
     <w:rsid w:val="008C026B"/>
     <w:rsid w:val="008C08FA"/>
     <w:rsid w:val="008C6895"/>
     <w:rsid w:val="008F0917"/>
     <w:rsid w:val="008F659D"/>
     <w:rsid w:val="00901F5E"/>
     <w:rsid w:val="009024AC"/>
     <w:rsid w:val="00903525"/>
     <w:rsid w:val="00903817"/>
     <w:rsid w:val="00906138"/>
     <w:rsid w:val="00924071"/>
     <w:rsid w:val="0094159A"/>
     <w:rsid w:val="009418DC"/>
     <w:rsid w:val="009451FF"/>
     <w:rsid w:val="00946729"/>
     <w:rsid w:val="00951A66"/>
     <w:rsid w:val="00952062"/>
     <w:rsid w:val="00970E7E"/>
     <w:rsid w:val="00981D44"/>
+    <w:rsid w:val="009A0585"/>
     <w:rsid w:val="009A303E"/>
     <w:rsid w:val="009A44CF"/>
     <w:rsid w:val="009B0AA6"/>
     <w:rsid w:val="009B5942"/>
     <w:rsid w:val="009C1A74"/>
     <w:rsid w:val="009C4D8C"/>
     <w:rsid w:val="009C7C70"/>
     <w:rsid w:val="009D0221"/>
     <w:rsid w:val="009D5218"/>
     <w:rsid w:val="009F1381"/>
     <w:rsid w:val="00A04307"/>
     <w:rsid w:val="00A0596D"/>
     <w:rsid w:val="00A11E57"/>
     <w:rsid w:val="00A179CD"/>
     <w:rsid w:val="00A34B00"/>
     <w:rsid w:val="00A41AAD"/>
     <w:rsid w:val="00A45854"/>
     <w:rsid w:val="00A4610E"/>
     <w:rsid w:val="00A4655F"/>
     <w:rsid w:val="00A701A3"/>
     <w:rsid w:val="00A81DBC"/>
     <w:rsid w:val="00A832AC"/>
     <w:rsid w:val="00A97A29"/>
     <w:rsid w:val="00AB22AF"/>
     <w:rsid w:val="00AC584B"/>
@@ -3057,50 +3040,51 @@
     <w:rsid w:val="00D17E2B"/>
     <w:rsid w:val="00D249CC"/>
     <w:rsid w:val="00D31470"/>
     <w:rsid w:val="00D46FB5"/>
     <w:rsid w:val="00D53D48"/>
     <w:rsid w:val="00D62DF5"/>
     <w:rsid w:val="00D74E8E"/>
     <w:rsid w:val="00D86BE1"/>
     <w:rsid w:val="00D87B84"/>
     <w:rsid w:val="00D87F5C"/>
     <w:rsid w:val="00DA3C18"/>
     <w:rsid w:val="00DB37A2"/>
     <w:rsid w:val="00DB4EB2"/>
     <w:rsid w:val="00DD3273"/>
     <w:rsid w:val="00DD4534"/>
     <w:rsid w:val="00DE56C3"/>
     <w:rsid w:val="00E01DB4"/>
     <w:rsid w:val="00E0420C"/>
     <w:rsid w:val="00E13ABB"/>
     <w:rsid w:val="00E1695D"/>
     <w:rsid w:val="00E31F20"/>
     <w:rsid w:val="00E34B48"/>
     <w:rsid w:val="00E37868"/>
     <w:rsid w:val="00E43897"/>
     <w:rsid w:val="00E632FD"/>
+    <w:rsid w:val="00E641B9"/>
     <w:rsid w:val="00E66286"/>
     <w:rsid w:val="00E66FA9"/>
     <w:rsid w:val="00E67E64"/>
     <w:rsid w:val="00E81174"/>
     <w:rsid w:val="00E86998"/>
     <w:rsid w:val="00EB54CE"/>
     <w:rsid w:val="00EC508B"/>
     <w:rsid w:val="00EC5CB5"/>
     <w:rsid w:val="00ED2F96"/>
     <w:rsid w:val="00ED43C7"/>
     <w:rsid w:val="00EE2E41"/>
     <w:rsid w:val="00EE551F"/>
     <w:rsid w:val="00EF5BDD"/>
     <w:rsid w:val="00F159A5"/>
     <w:rsid w:val="00F20347"/>
     <w:rsid w:val="00F2477C"/>
     <w:rsid w:val="00F36E70"/>
     <w:rsid w:val="00F44B6F"/>
     <w:rsid w:val="00F63BC7"/>
     <w:rsid w:val="00F726C9"/>
     <w:rsid w:val="00F774EA"/>
     <w:rsid w:val="00F81DF3"/>
     <w:rsid w:val="00F86263"/>
     <w:rsid w:val="00F9780F"/>
     <w:rsid w:val="00FA0A2A"/>
@@ -4634,95 +4618,97 @@
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009E575A"/>
+    <w:rsid w:val="00100331"/>
     <w:rsid w:val="0023277F"/>
     <w:rsid w:val="00281034"/>
     <w:rsid w:val="00380E59"/>
     <w:rsid w:val="003B0536"/>
     <w:rsid w:val="003D3FF4"/>
+    <w:rsid w:val="00426E7A"/>
     <w:rsid w:val="0050055C"/>
     <w:rsid w:val="005C06BB"/>
     <w:rsid w:val="00605723"/>
     <w:rsid w:val="00691478"/>
     <w:rsid w:val="00730F77"/>
     <w:rsid w:val="00757CA4"/>
     <w:rsid w:val="00991B6B"/>
     <w:rsid w:val="009E575A"/>
     <w:rsid w:val="00A503D0"/>
     <w:rsid w:val="00B96F85"/>
     <w:rsid w:val="00D5493B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -5614,70 +5600,70 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HODI-19</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>216</Words>
-  <Characters>1002</Characters>
+  <Characters>943</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1216</CharactersWithSpaces>
+  <CharactersWithSpaces>1130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carla Frenzel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Res</cp:category>
 </cp:coreProperties>
 </file>