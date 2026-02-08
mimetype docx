--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -7361,58 +7361,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00A7319E" w:rsidRPr="00A7319E" w14:paraId="72C93ED7" w14:textId="77777777" w:rsidTr="00A7319E">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E84874" w14:textId="5CFAD694" w:rsidR="00F26938" w:rsidRPr="00A7319E" w:rsidRDefault="00A7319E" w:rsidP="00A7319E">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7319E">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> must be board certified by the American Board of Psychiatry and Neurology (ABPN) with a background in education and expertise in graduate medical education. </w:t>
+              <w:t xml:space="preserve">You must be board certified by the American Board of Psychiatry and Neurology (ABPN) with a background in education and expertise in graduate medical education. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E3068D9" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00A7319E" w:rsidRDefault="002C771A" w:rsidP="00FC76D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7976,72 +7969,51 @@
       </w:tr>
       <w:tr w:rsidR="00A7319E" w:rsidRPr="00A7319E" w14:paraId="6652F247" w14:textId="77777777" w:rsidTr="00A7319E">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310CC87C" w14:textId="225AEB52" w:rsidR="00F26938" w:rsidRPr="00A7319E" w:rsidRDefault="00A7319E" w:rsidP="00A7319E">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7319E">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> years of experience as a program director. </w:t>
+              <w:t xml:space="preserve">You must have a minimum of 5 years of experience as a program director. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52740234" w14:textId="77777777" w:rsidR="003D5125" w:rsidRPr="00A7319E" w:rsidRDefault="003D5125" w:rsidP="00ED4E0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8068,58 +8040,51 @@
       </w:tr>
       <w:tr w:rsidR="00A7319E" w:rsidRPr="00A7319E" w14:paraId="692436F6" w14:textId="77777777" w:rsidTr="000409A0">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234DB42A" w14:textId="61AE3EE5" w:rsidR="002C771A" w:rsidRPr="00A7319E" w:rsidRDefault="00A7319E" w:rsidP="00A7319E">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7319E">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Your</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> program must have a status of Continued Accreditation. </w:t>
+              <w:t xml:space="preserve">Your program must have a status of Continued Accreditation. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77058366" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00A7319E" w:rsidRDefault="002C771A" w:rsidP="001503E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8146,58 +8111,51 @@
       </w:tr>
       <w:tr w:rsidR="00A7319E" w:rsidRPr="00A7319E" w14:paraId="24BC9CB6" w14:textId="77777777" w:rsidTr="003D5125">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BE507D2" w14:textId="46E7E5F7" w:rsidR="00F26938" w:rsidRPr="00A7319E" w:rsidRDefault="00A7319E" w:rsidP="00A7319E">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7319E">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> must participate in major specialty societies or have current or past association with graduate medical education. </w:t>
+              <w:t xml:space="preserve">You must participate in major specialty societies or have current or past association with graduate medical education. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C69C8AC" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00A7319E" w:rsidRDefault="002C771A" w:rsidP="00017644">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8224,58 +8182,51 @@
       </w:tr>
       <w:tr w:rsidR="00A7319E" w:rsidRPr="00A7319E" w14:paraId="444ABE74" w14:textId="77777777" w:rsidTr="003D5125">
         <w:trPr>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33FADF9B" w14:textId="5F49FDB7" w:rsidR="002C771A" w:rsidRPr="00A7319E" w:rsidRDefault="00A7319E" w:rsidP="00A7319E">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A7319E">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> must be skilled in the use of computers. Review Committee members must use electronic systems for reimbursement of expenses and accreditation activities, including program reviews. </w:t>
+              <w:t xml:space="preserve">You must be skilled in the use of computers. Review Committee members must use electronic systems for reimbursement of expenses and accreditation activities, including program reviews. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A610790" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00A7319E" w:rsidRDefault="002C771A" w:rsidP="00017644">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -8971,51 +8922,51 @@
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4235C695" w14:textId="580CA369" w:rsidR="000C3BC7" w:rsidRPr="000C3BC7" w:rsidRDefault="000C3BC7" w:rsidP="00A03121">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C11E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Submission of Application Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241008B7" w14:textId="07B7C7A5" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
+    <w:p w14:paraId="241008B7" w14:textId="2A8E6781" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email the following </w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -9072,51 +9023,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A64D3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Monday, </w:t>
       </w:r>
       <w:r w:rsidR="006D2EC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>December 15</w:t>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="001A6B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00566796">
         <w:rPr>
@@ -9492,68 +9454,100 @@
     </w:p>
     <w:p w14:paraId="7DB43B4A" w14:textId="77777777" w:rsidR="00333B91" w:rsidRDefault="00333B91" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A70EBD" w14:textId="77777777" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB3217D" w14:textId="6A5D1E18" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
+    <w:p w14:paraId="1DB3217D" w14:textId="6996FD50" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Rev 11/17/25</w:t>
+        <w:t>Rev 1</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D2EC6" w:rsidSect="00A64D3F">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1008" w:left="1440" w:header="547" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23AE0DCA" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="142B1072" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
@@ -9581,51 +9575,50 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
@@ -12887,64 +12880,66 @@
     <w:rsid w:val="001F744A"/>
     <w:rsid w:val="0020245E"/>
     <w:rsid w:val="0020428E"/>
     <w:rsid w:val="00217CEC"/>
     <w:rsid w:val="00231FA5"/>
     <w:rsid w:val="00240424"/>
     <w:rsid w:val="00250807"/>
     <w:rsid w:val="0025502E"/>
     <w:rsid w:val="002823AB"/>
     <w:rsid w:val="002833C5"/>
     <w:rsid w:val="00286D40"/>
     <w:rsid w:val="002916CC"/>
     <w:rsid w:val="00293253"/>
     <w:rsid w:val="00294D44"/>
     <w:rsid w:val="002A475C"/>
     <w:rsid w:val="002A4E7F"/>
     <w:rsid w:val="002A6E57"/>
     <w:rsid w:val="002B0FC0"/>
     <w:rsid w:val="002B20F7"/>
     <w:rsid w:val="002B7A46"/>
     <w:rsid w:val="002C771A"/>
     <w:rsid w:val="002D0991"/>
     <w:rsid w:val="002D54F5"/>
     <w:rsid w:val="002E2BC5"/>
     <w:rsid w:val="002E37F8"/>
+    <w:rsid w:val="002F7AF6"/>
     <w:rsid w:val="00313458"/>
     <w:rsid w:val="00322B11"/>
     <w:rsid w:val="00322E79"/>
     <w:rsid w:val="00325A0E"/>
     <w:rsid w:val="00326594"/>
     <w:rsid w:val="0032760B"/>
     <w:rsid w:val="00331EBA"/>
     <w:rsid w:val="00333104"/>
     <w:rsid w:val="00333B91"/>
     <w:rsid w:val="00352270"/>
     <w:rsid w:val="003531DF"/>
     <w:rsid w:val="00355C3E"/>
     <w:rsid w:val="00356405"/>
     <w:rsid w:val="00365A27"/>
+    <w:rsid w:val="003812F8"/>
     <w:rsid w:val="00381ABC"/>
     <w:rsid w:val="003850B1"/>
     <w:rsid w:val="00385C58"/>
     <w:rsid w:val="00393449"/>
     <w:rsid w:val="003938A6"/>
     <w:rsid w:val="003965EF"/>
     <w:rsid w:val="003A78D3"/>
     <w:rsid w:val="003B3468"/>
     <w:rsid w:val="003D0C24"/>
     <w:rsid w:val="003D14AE"/>
     <w:rsid w:val="003D5125"/>
     <w:rsid w:val="003D6D12"/>
     <w:rsid w:val="003D710D"/>
     <w:rsid w:val="003E69D6"/>
     <w:rsid w:val="003F6FAB"/>
     <w:rsid w:val="0041422F"/>
     <w:rsid w:val="00421B99"/>
     <w:rsid w:val="004241AA"/>
     <w:rsid w:val="004361AF"/>
     <w:rsid w:val="00436C47"/>
     <w:rsid w:val="00440FCC"/>
     <w:rsid w:val="0044251A"/>
     <w:rsid w:val="00444D77"/>
     <w:rsid w:val="00445E72"/>
     <w:rsid w:val="004463A5"/>
@@ -14363,74 +14358,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85648636-09A7-4BDF-891E-A63AD048D58D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Patrick</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1288</Words>
-  <Characters>8655</Characters>
+  <Characters>7486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>332</Lines>
-  <Paragraphs>160</Paragraphs>
+  <Lines>282</Lines>
+  <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Council/Committee Nomination Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9783</CharactersWithSpaces>
+  <CharactersWithSpaces>8910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:mary.grandau@ama-assn.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>