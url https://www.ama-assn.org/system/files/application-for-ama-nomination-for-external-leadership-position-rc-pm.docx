--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -7319,57 +7319,51 @@
       <w:tblGrid>
         <w:gridCol w:w="7576"/>
         <w:gridCol w:w="887"/>
         <w:gridCol w:w="887"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F26938" w:rsidRPr="000409A0" w14:paraId="72C93ED7" w14:textId="77777777" w:rsidTr="000409A0">
         <w:trPr>
           <w:trHeight w:val="1394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E84874" w14:textId="71702BC2" w:rsidR="00F26938" w:rsidRPr="000409A0" w:rsidRDefault="000409A0" w:rsidP="000409A0">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
             </w:pPr>
             <w:r w:rsidRPr="000409A0">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">You </w:t>
             </w:r>
             <w:r w:rsidRPr="000409A0">
               <w:rPr>
                 <w:rFonts w:ascii="EVGUHK+Arial-BoldMT" w:hAnsi="EVGUHK+Arial-BoldMT" w:cs="EVGUHK+Arial-BoldMT"/>
               </w:rPr>
               <w:t xml:space="preserve">must </w:t>
             </w:r>
             <w:r w:rsidRPr="000409A0">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
               </w:rPr>
               <w:t xml:space="preserve">be currently certified by the American Board of Preventive Medicine and </w:t>
             </w:r>
             <w:r w:rsidRPr="000409A0">
               <w:rPr>
                 <w:rFonts w:ascii="EVGUHK+Arial-BoldMT" w:hAnsi="EVGUHK+Arial-BoldMT" w:cs="EVGUHK+Arial-BoldMT"/>
               </w:rPr>
               <w:t xml:space="preserve">must </w:t>
             </w:r>
             <w:r w:rsidRPr="000409A0">
               <w:rPr>
                 <w:rFonts w:ascii="UYIMXE+ArialMT" w:hAnsi="UYIMXE+ArialMT" w:cs="UYIMXE+ArialMT"/>
               </w:rPr>
               <w:t xml:space="preserve">have experience as a </w:t>
             </w:r>
@@ -9107,51 +9101,51 @@
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4235C695" w14:textId="580CA369" w:rsidR="000C3BC7" w:rsidRPr="000C3BC7" w:rsidRDefault="000C3BC7" w:rsidP="00A03121">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C11E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Submission of Application Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241008B7" w14:textId="07B7C7A5" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
+    <w:p w14:paraId="241008B7" w14:textId="651B814A" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email the following </w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -9208,51 +9202,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A64D3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Monday, </w:t>
       </w:r>
       <w:r w:rsidR="006D2EC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>December 15</w:t>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="001A6B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00566796">
         <w:rPr>
@@ -9607,68 +9612,100 @@
     </w:p>
     <w:p w14:paraId="7DB43B4A" w14:textId="77777777" w:rsidR="00333B91" w:rsidRDefault="00333B91" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A70EBD" w14:textId="77777777" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB3217D" w14:textId="6A5D1E18" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
+    <w:p w14:paraId="1DB3217D" w14:textId="210D635A" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Rev 11/17/25</w:t>
+        <w:t>Rev 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D2EC6" w:rsidSect="00A64D3F">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1008" w:left="1440" w:header="547" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23AE0DCA" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="142B1072" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
@@ -12717,50 +12754,51 @@
     <w:rsid w:val="00782CB8"/>
     <w:rsid w:val="007939A1"/>
     <w:rsid w:val="00793BBC"/>
     <w:rsid w:val="0079553F"/>
     <w:rsid w:val="007959E7"/>
     <w:rsid w:val="00797C81"/>
     <w:rsid w:val="007A1E3C"/>
     <w:rsid w:val="007A36C7"/>
     <w:rsid w:val="007A7BEE"/>
     <w:rsid w:val="007B03F2"/>
     <w:rsid w:val="007B10FB"/>
     <w:rsid w:val="007B24D2"/>
     <w:rsid w:val="007B32B3"/>
     <w:rsid w:val="007C029A"/>
     <w:rsid w:val="007E2D3C"/>
     <w:rsid w:val="007E52FE"/>
     <w:rsid w:val="007E534E"/>
     <w:rsid w:val="007F2ABC"/>
     <w:rsid w:val="007F4423"/>
     <w:rsid w:val="007F564E"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="008056C3"/>
     <w:rsid w:val="00807898"/>
     <w:rsid w:val="008109DC"/>
     <w:rsid w:val="00823906"/>
+    <w:rsid w:val="0082705B"/>
     <w:rsid w:val="00830067"/>
     <w:rsid w:val="008302CA"/>
     <w:rsid w:val="00831A14"/>
     <w:rsid w:val="00837008"/>
     <w:rsid w:val="00856AB3"/>
     <w:rsid w:val="00860D4D"/>
     <w:rsid w:val="00861846"/>
     <w:rsid w:val="008619D3"/>
     <w:rsid w:val="00866E55"/>
     <w:rsid w:val="00872A57"/>
     <w:rsid w:val="00883AFC"/>
     <w:rsid w:val="0089262E"/>
     <w:rsid w:val="00892D73"/>
     <w:rsid w:val="008A0AE7"/>
     <w:rsid w:val="008A207A"/>
     <w:rsid w:val="008A4FF2"/>
     <w:rsid w:val="008B1F24"/>
     <w:rsid w:val="008B2F92"/>
     <w:rsid w:val="008C0343"/>
     <w:rsid w:val="008C2ECA"/>
     <w:rsid w:val="008E352B"/>
     <w:rsid w:val="008F2F42"/>
     <w:rsid w:val="00903AB2"/>
     <w:rsid w:val="009116DF"/>
     <w:rsid w:val="009139BC"/>
@@ -12897,50 +12935,51 @@
     <w:rsid w:val="00D03BD6"/>
     <w:rsid w:val="00D06FEA"/>
     <w:rsid w:val="00D11E7D"/>
     <w:rsid w:val="00D172EB"/>
     <w:rsid w:val="00D20722"/>
     <w:rsid w:val="00D22BD4"/>
     <w:rsid w:val="00D27176"/>
     <w:rsid w:val="00D34844"/>
     <w:rsid w:val="00D351D8"/>
     <w:rsid w:val="00D372A9"/>
     <w:rsid w:val="00D4154F"/>
     <w:rsid w:val="00D51705"/>
     <w:rsid w:val="00D51BED"/>
     <w:rsid w:val="00D56D15"/>
     <w:rsid w:val="00D61A3A"/>
     <w:rsid w:val="00D63E0B"/>
     <w:rsid w:val="00D640E5"/>
     <w:rsid w:val="00D65327"/>
     <w:rsid w:val="00D65DB5"/>
     <w:rsid w:val="00D744D7"/>
     <w:rsid w:val="00D76D1E"/>
     <w:rsid w:val="00D8161C"/>
     <w:rsid w:val="00D86BBD"/>
     <w:rsid w:val="00DA5BE4"/>
     <w:rsid w:val="00DA659A"/>
+    <w:rsid w:val="00DB0B7A"/>
     <w:rsid w:val="00DC7293"/>
     <w:rsid w:val="00DC7E53"/>
     <w:rsid w:val="00DE0698"/>
     <w:rsid w:val="00DE3D87"/>
     <w:rsid w:val="00DE58E8"/>
     <w:rsid w:val="00DF1039"/>
     <w:rsid w:val="00DF1134"/>
     <w:rsid w:val="00DF6230"/>
     <w:rsid w:val="00E02D32"/>
     <w:rsid w:val="00E16D42"/>
     <w:rsid w:val="00E2195A"/>
     <w:rsid w:val="00E2292D"/>
     <w:rsid w:val="00E41308"/>
     <w:rsid w:val="00E4332D"/>
     <w:rsid w:val="00E57CF2"/>
     <w:rsid w:val="00E61C1C"/>
     <w:rsid w:val="00E80B4A"/>
     <w:rsid w:val="00E83A7D"/>
     <w:rsid w:val="00E855BE"/>
     <w:rsid w:val="00E92185"/>
     <w:rsid w:val="00EA1713"/>
     <w:rsid w:val="00EA215E"/>
     <w:rsid w:val="00EA3364"/>
     <w:rsid w:val="00EA3E8F"/>
     <w:rsid w:val="00EB3D60"/>
@@ -14027,71 +14066,71 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85648636-09A7-4BDF-891E-A63AD048D58D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Patrick</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1299</Words>
   <Characters>8694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>334</Lines>
-  <Paragraphs>158</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Council/Committee Nomination Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9835</CharactersWithSpaces>
+  <CharactersWithSpaces>9974</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:mary.grandau@ama-assn.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>