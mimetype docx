--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -7321,59 +7321,51 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E84874" w14:textId="476FFB6A" w:rsidR="00F26938" w:rsidRPr="00F26938" w:rsidRDefault="00F26938" w:rsidP="00F26938">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="78" w:after="200" w:line="231" w:lineRule="auto"/>
               <w:ind w:right="123"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26938">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">You </w:t>
-[...7 lines deleted...]
-              <w:t>must be currently certified in ophthalmology by the American Board of Ophthalmology or the American Osteopathic Board of Ophthalmology and Otolaryngology.</w:t>
+              <w:t>You must be currently certified in ophthalmology by the American Board of Ophthalmology or the American Osteopathic Board of Ophthalmology and Otolaryngology.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E3068D9" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00F26938" w:rsidRDefault="002C771A" w:rsidP="00FC76D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7866,69 +7858,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F26938" w:rsidRPr="00F26938" w14:paraId="692436F6" w14:textId="77777777" w:rsidTr="00F26938">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234DB42A" w14:textId="4FBE0F81" w:rsidR="002C771A" w:rsidRPr="00F26938" w:rsidRDefault="00F26938" w:rsidP="00F26938">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26938">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Your</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> nomination. </w:t>
+              <w:t xml:space="preserve">Your program must have a status of Initial Accreditation, Continued Accreditation, or Continued Accreditation without Outcomes at the time of your nomination. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77058366" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00F26938" w:rsidRDefault="002C771A" w:rsidP="001503E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7954,57 +7928,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F26938" w:rsidRPr="00F26938" w14:paraId="24BC9CB6" w14:textId="77777777" w:rsidTr="003D5125">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BE507D2" w14:textId="0B5B72B2" w:rsidR="00F26938" w:rsidRPr="00F26938" w:rsidRDefault="00F26938" w:rsidP="00F26938">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26938">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> must demonstrate national leadership in ophthalmology and service in national professional organizations/societies. </w:t>
+              <w:t xml:space="preserve">You must demonstrate national leadership in ophthalmology and service in national professional organizations/societies. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C69C8AC" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00F26938" w:rsidRDefault="002C771A" w:rsidP="00017644">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8030,57 +7998,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F26938" w:rsidRPr="00F26938" w14:paraId="444ABE74" w14:textId="77777777" w:rsidTr="003D5125">
         <w:trPr>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33FADF9B" w14:textId="2EBE92F8" w:rsidR="002C771A" w:rsidRPr="00F26938" w:rsidRDefault="00F26938" w:rsidP="00F26938">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26938">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> must be skilled in the use of computers. Review Committee members must use electronic systems for most accreditation activities and reimbursement of expenses.</w:t>
+              <w:t>You must be skilled in the use of computers. Review Committee members must use electronic systems for most accreditation activities and reimbursement of expenses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A610790" w14:textId="77777777" w:rsidR="002C771A" w:rsidRPr="00F26938" w:rsidRDefault="002C771A" w:rsidP="00017644">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -8284,71 +8246,51 @@
         <w:gridCol w:w="887"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F26938" w:rsidRPr="00F26938" w14:paraId="29DAE24E" w14:textId="77777777" w:rsidTr="00F26938">
         <w:trPr>
           <w:trHeight w:val="2537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36BAB92B" w14:textId="67DEC34D" w:rsidR="00FA7E8A" w:rsidRPr="00F26938" w:rsidRDefault="00F26938" w:rsidP="00F26938">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F26938">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> August. The duration of the January and April meetings is two days; the August meeting is 2 hours. Time devoted to the RC includes an estimated 10-15 hours for program review assignments prior to each meeting (up to five full reviews per meeting), subcommittee work (as assigned), preparation time for each RC meeting to review agenda items and related documents, and travel/attendance for each RC meeting. RC Members must attend all Review Committee meetings. </w:t>
+              <w:t xml:space="preserve">You must be able to devote sufficient time to the Review Committee’s work. The Review Committee meets in Chicago two times per year, usually during the months of January and April, and virtually in August. The duration of the January and April meetings is two days; the August meeting is 2 hours. Time devoted to the RC includes an estimated 10-15 hours for program review assignments prior to each meeting (up to five full reviews per meeting), subcommittee work (as assigned), preparation time for each RC meeting to review agenda items and related documents, and travel/attendance for each RC meeting. RC Members must attend all Review Committee meetings. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="345E7BD1" w14:textId="77777777" w:rsidR="00FA7E8A" w:rsidRPr="00F26938" w:rsidRDefault="00FA7E8A" w:rsidP="00ED4E0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -8723,51 +8665,51 @@
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4235C695" w14:textId="580CA369" w:rsidR="000C3BC7" w:rsidRPr="000C3BC7" w:rsidRDefault="000C3BC7" w:rsidP="00A03121">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C11E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Submission of Application Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241008B7" w14:textId="07B7C7A5" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
+    <w:p w14:paraId="241008B7" w14:textId="3F6712AE" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email the following </w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -8824,51 +8766,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A64D3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Monday, </w:t>
       </w:r>
       <w:r w:rsidR="006D2EC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>December 15</w:t>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="001A6B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00566796">
         <w:rPr>
@@ -9223,68 +9176,100 @@
     </w:p>
     <w:p w14:paraId="7DB43B4A" w14:textId="77777777" w:rsidR="00333B91" w:rsidRDefault="00333B91" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A70EBD" w14:textId="77777777" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB3217D" w14:textId="6A5D1E18" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
+    <w:p w14:paraId="1DB3217D" w14:textId="5B34917F" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Rev 11/17/25</w:t>
+        <w:t>Rev 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D2EC6" w:rsidSect="00A64D3F">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1008" w:left="1440" w:header="547" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23AE0DCA" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="142B1072" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
@@ -9312,51 +9297,50 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
@@ -11943,51 +11927,50 @@
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1602495468">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1588071152">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1340889453">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1686902703">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1478255870">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="641890116">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -12145,50 +12128,51 @@
     <w:rsid w:val="00516BB6"/>
     <w:rsid w:val="00523E83"/>
     <w:rsid w:val="00527728"/>
     <w:rsid w:val="0053676C"/>
     <w:rsid w:val="0053743F"/>
     <w:rsid w:val="005402AA"/>
     <w:rsid w:val="00546610"/>
     <w:rsid w:val="00547A9A"/>
     <w:rsid w:val="00561AD1"/>
     <w:rsid w:val="005637DC"/>
     <w:rsid w:val="005638F5"/>
     <w:rsid w:val="0056395C"/>
     <w:rsid w:val="00566796"/>
     <w:rsid w:val="00571F0E"/>
     <w:rsid w:val="00573A20"/>
     <w:rsid w:val="00574067"/>
     <w:rsid w:val="005745DF"/>
     <w:rsid w:val="00574D3C"/>
     <w:rsid w:val="005842B2"/>
     <w:rsid w:val="00585765"/>
     <w:rsid w:val="00591187"/>
     <w:rsid w:val="00592058"/>
     <w:rsid w:val="00592926"/>
     <w:rsid w:val="0059396A"/>
     <w:rsid w:val="005A431C"/>
+    <w:rsid w:val="005A7F59"/>
     <w:rsid w:val="005C3AE7"/>
     <w:rsid w:val="005C44E2"/>
     <w:rsid w:val="005C7F5E"/>
     <w:rsid w:val="005D650A"/>
     <w:rsid w:val="005E1432"/>
     <w:rsid w:val="005E67DF"/>
     <w:rsid w:val="005F6EB7"/>
     <w:rsid w:val="00602BF6"/>
     <w:rsid w:val="00612D21"/>
     <w:rsid w:val="00613CFA"/>
     <w:rsid w:val="006148E3"/>
     <w:rsid w:val="006209D8"/>
     <w:rsid w:val="00630311"/>
     <w:rsid w:val="00631FB7"/>
     <w:rsid w:val="00653FA7"/>
     <w:rsid w:val="00660EAA"/>
     <w:rsid w:val="0066412F"/>
     <w:rsid w:val="0066760F"/>
     <w:rsid w:val="00670E16"/>
     <w:rsid w:val="00682019"/>
     <w:rsid w:val="006851FF"/>
     <w:rsid w:val="00687A85"/>
     <w:rsid w:val="00696A16"/>
     <w:rsid w:val="006B3BC5"/>
     <w:rsid w:val="006C0D75"/>
@@ -12463,50 +12447,51 @@
     <w:rsid w:val="00F06B2E"/>
     <w:rsid w:val="00F141A9"/>
     <w:rsid w:val="00F20E9F"/>
     <w:rsid w:val="00F21D14"/>
     <w:rsid w:val="00F24237"/>
     <w:rsid w:val="00F25D17"/>
     <w:rsid w:val="00F26938"/>
     <w:rsid w:val="00F3241E"/>
     <w:rsid w:val="00F3358E"/>
     <w:rsid w:val="00F41455"/>
     <w:rsid w:val="00F423DA"/>
     <w:rsid w:val="00F47410"/>
     <w:rsid w:val="00F507E1"/>
     <w:rsid w:val="00F50B96"/>
     <w:rsid w:val="00F63EA4"/>
     <w:rsid w:val="00F651A8"/>
     <w:rsid w:val="00F70725"/>
     <w:rsid w:val="00F737FF"/>
     <w:rsid w:val="00F73EEF"/>
     <w:rsid w:val="00F74621"/>
     <w:rsid w:val="00F84730"/>
     <w:rsid w:val="00F85807"/>
     <w:rsid w:val="00F87842"/>
     <w:rsid w:val="00F93105"/>
     <w:rsid w:val="00F94B03"/>
+    <w:rsid w:val="00FA2DD9"/>
     <w:rsid w:val="00FA7E8A"/>
     <w:rsid w:val="00FB1D0C"/>
     <w:rsid w:val="00FC1CC4"/>
     <w:rsid w:val="00FC76D8"/>
     <w:rsid w:val="00FD6BD1"/>
     <w:rsid w:val="00FD77E1"/>
     <w:rsid w:val="00FD7C79"/>
     <w:rsid w:val="00FE0281"/>
     <w:rsid w:val="00FE3C26"/>
     <w:rsid w:val="00FF386A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
@@ -13532,71 +13517,71 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85648636-09A7-4BDF-891E-A63AD048D58D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Patrick</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1259</Words>
   <Characters>8453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>338</Lines>
-  <Paragraphs>161</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Council/Committee Nomination Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9551</CharactersWithSpaces>
+  <CharactersWithSpaces>9693</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:mary.grandau@ama-assn.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>