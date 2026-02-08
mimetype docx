--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -7338,69 +7338,61 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34E84874" w14:textId="236ECDDA" w:rsidR="003D5125" w:rsidRPr="00AF1634" w:rsidRDefault="00AF1634" w:rsidP="00AF1634">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040010C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Position 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76B73">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>You</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76B73">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> must be currently certified by the American Board of Internal Medicine or the American Osteopathic Board of Internal Medicine</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> in </w:t>
+              <w:t xml:space="preserve"> must be currently certified by the American Board of Internal Medicine or the American Osteopathic Board of Internal Medicine in </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76B73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76B73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ematology and medical oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
@@ -7465,75 +7457,67 @@
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0040010C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Position 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008817A9">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>You</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0057507A">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>must be currently certified by the American Board of Internal Medicine or the American Osteopathic Board of Internal Medicine</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> in </w:t>
+              <w:t xml:space="preserve">must be currently certified by the American Board of Internal Medicine or the American Osteopathic Board of Internal Medicine in </w:t>
             </w:r>
             <w:r w:rsidRPr="0057507A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>rheumatology</w:t>
             </w:r>
             <w:r w:rsidRPr="0057507A">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -8771,57 +8755,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF1634" w:rsidRPr="002C771A" w14:paraId="45D757C3" w14:textId="77777777" w:rsidTr="00AF1634">
         <w:trPr>
           <w:trHeight w:val="1700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7576" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FEC64EB" w14:textId="4D0D277B" w:rsidR="00AF1634" w:rsidRPr="00AF1634" w:rsidRDefault="00AF1634" w:rsidP="00AF1634">
             <w:pPr>
               <w:pStyle w:val="Numberedlilst"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>You</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">You </w:t>
             </w:r>
             <w:r w:rsidRPr="0057507A">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">must be able to devote sufficient time to prepare for and participate in three RC meetings per year, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0057507A">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
@@ -9438,51 +9416,51 @@
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4235C695" w14:textId="580CA369" w:rsidR="000C3BC7" w:rsidRPr="000C3BC7" w:rsidRDefault="000C3BC7" w:rsidP="00A03121">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C11E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Submission of Application Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241008B7" w14:textId="07B7C7A5" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
+    <w:p w14:paraId="241008B7" w14:textId="58DBD94B" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email the following </w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -9539,51 +9517,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A64D3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Monday, </w:t>
       </w:r>
       <w:r w:rsidR="006D2EC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>December 15</w:t>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="00556593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="001A6B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00566796">
         <w:rPr>
@@ -9945,120 +9934,150 @@
     </w:p>
     <w:p w14:paraId="7DB43B4A" w14:textId="77777777" w:rsidR="00333B91" w:rsidRDefault="00333B91" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A70EBD" w14:textId="77777777" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB3217D" w14:textId="6A5D1E18" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
+    <w:p w14:paraId="1DB3217D" w14:textId="3C638F7E" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Rev 11/17/25</w:t>
+        <w:t>Rev 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00556593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00556593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D2EC6" w:rsidSect="00A64D3F">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1008" w:left="1440" w:header="547" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23AE0DCA" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="142B1072" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:altName w:val="Courier New PSMT"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -13037,51 +13056,50 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1478255870">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="641890116">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1516263942">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="562832878">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="573928995">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="87895154">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -13223,50 +13241,51 @@
     <w:rsid w:val="004705CE"/>
     <w:rsid w:val="00472200"/>
     <w:rsid w:val="004A00FE"/>
     <w:rsid w:val="004A33DF"/>
     <w:rsid w:val="004B17B2"/>
     <w:rsid w:val="004B2102"/>
     <w:rsid w:val="004C291C"/>
     <w:rsid w:val="004D15AB"/>
     <w:rsid w:val="004D5689"/>
     <w:rsid w:val="004D5CDE"/>
     <w:rsid w:val="004D61C6"/>
     <w:rsid w:val="004E2BAC"/>
     <w:rsid w:val="004F7A69"/>
     <w:rsid w:val="005104DF"/>
     <w:rsid w:val="00511675"/>
     <w:rsid w:val="00514D8C"/>
     <w:rsid w:val="00516BB6"/>
     <w:rsid w:val="00523E83"/>
     <w:rsid w:val="00527728"/>
     <w:rsid w:val="00535B9B"/>
     <w:rsid w:val="0053676C"/>
     <w:rsid w:val="0053743F"/>
     <w:rsid w:val="005402AA"/>
     <w:rsid w:val="00546610"/>
     <w:rsid w:val="00547A9A"/>
+    <w:rsid w:val="00556593"/>
     <w:rsid w:val="00561AD1"/>
     <w:rsid w:val="005637DC"/>
     <w:rsid w:val="005638F5"/>
     <w:rsid w:val="0056395C"/>
     <w:rsid w:val="00566796"/>
     <w:rsid w:val="00571F0E"/>
     <w:rsid w:val="00573A20"/>
     <w:rsid w:val="00574067"/>
     <w:rsid w:val="005745DF"/>
     <w:rsid w:val="00574D3C"/>
     <w:rsid w:val="005842B2"/>
     <w:rsid w:val="00585765"/>
     <w:rsid w:val="00591187"/>
     <w:rsid w:val="00592058"/>
     <w:rsid w:val="00592926"/>
     <w:rsid w:val="0059396A"/>
     <w:rsid w:val="005A431C"/>
     <w:rsid w:val="005C3AE7"/>
     <w:rsid w:val="005C44E2"/>
     <w:rsid w:val="005C7F5E"/>
     <w:rsid w:val="005D650A"/>
     <w:rsid w:val="005E1432"/>
     <w:rsid w:val="005F6EB7"/>
     <w:rsid w:val="00602BF6"/>
     <w:rsid w:val="00612D21"/>
@@ -13321,50 +13340,51 @@
     <w:rsid w:val="007959E7"/>
     <w:rsid w:val="00797C81"/>
     <w:rsid w:val="007A1E3C"/>
     <w:rsid w:val="007A36C7"/>
     <w:rsid w:val="007A7BEE"/>
     <w:rsid w:val="007B03F2"/>
     <w:rsid w:val="007B10FB"/>
     <w:rsid w:val="007B24D2"/>
     <w:rsid w:val="007B32B3"/>
     <w:rsid w:val="007C029A"/>
     <w:rsid w:val="007E2D3C"/>
     <w:rsid w:val="007E52FE"/>
     <w:rsid w:val="007E534E"/>
     <w:rsid w:val="007F2ABC"/>
     <w:rsid w:val="007F4423"/>
     <w:rsid w:val="007F564E"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="008056C3"/>
     <w:rsid w:val="00807898"/>
     <w:rsid w:val="008109DC"/>
     <w:rsid w:val="00823906"/>
     <w:rsid w:val="00830067"/>
     <w:rsid w:val="008302CA"/>
     <w:rsid w:val="00831A14"/>
     <w:rsid w:val="00837008"/>
+    <w:rsid w:val="008559D8"/>
     <w:rsid w:val="00856AB3"/>
     <w:rsid w:val="00860D4D"/>
     <w:rsid w:val="00861846"/>
     <w:rsid w:val="008619D3"/>
     <w:rsid w:val="00866E55"/>
     <w:rsid w:val="00872A57"/>
     <w:rsid w:val="008817A9"/>
     <w:rsid w:val="00883AFC"/>
     <w:rsid w:val="0089262E"/>
     <w:rsid w:val="00892D73"/>
     <w:rsid w:val="008A0AE7"/>
     <w:rsid w:val="008A207A"/>
     <w:rsid w:val="008A4FF2"/>
     <w:rsid w:val="008B1F24"/>
     <w:rsid w:val="008B2F92"/>
     <w:rsid w:val="008C0343"/>
     <w:rsid w:val="008C2ECA"/>
     <w:rsid w:val="008E352B"/>
     <w:rsid w:val="008F2F42"/>
     <w:rsid w:val="00903AB2"/>
     <w:rsid w:val="009116DF"/>
     <w:rsid w:val="009139BC"/>
     <w:rsid w:val="009158F9"/>
     <w:rsid w:val="009228F1"/>
     <w:rsid w:val="00923205"/>
@@ -14627,71 +14647,71 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85648636-09A7-4BDF-891E-A63AD048D58D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Patrick</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1371</Words>
   <Characters>9061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>362</Lines>
-  <Paragraphs>173</Paragraphs>
+  <Lines>348</Lines>
+  <Paragraphs>171</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Council/Committee Nomination Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10259</CharactersWithSpaces>
+  <CharactersWithSpaces>10261</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:mary.grandau@ama-assn.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>