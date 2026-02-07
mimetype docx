--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -1915,51 +1915,69 @@
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="36" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="73EC411D" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00DE3D87" w:rsidRDefault="0066412F" w:rsidP="00F74621">
             <w:pPr>
               <w:ind w:left="1332"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE3D87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>(mm/dd/yyyy)</w:t>
+              <w:t>(mm/dd/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE3D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE3D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="498AF8BC" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00DE3D87" w:rsidRDefault="0066412F" w:rsidP="00F74621">
             <w:pPr>
               <w:ind w:left="1944"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE3D87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>City and State</w:t>
             </w:r>
@@ -3566,64 +3584,66 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="306CCAC5" w14:textId="7F165F2E" w:rsidR="0066412F" w:rsidRPr="005745DF" w:rsidRDefault="00956EE5" w:rsidP="001021D8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">For the following </w:t>
             </w:r>
             <w:r w:rsidR="00D22BD4" w:rsidRPr="005745DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>position</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0066412F" w:rsidRPr="005745DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidR="0041422F" w:rsidRPr="0080295B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="005842B2" w:rsidRPr="0080295B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00591187" w:rsidRPr="0080295B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="0041422F" w:rsidRPr="0080295B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">CGME Review Committee for </w:t>
             </w:r>
             <w:r w:rsidR="003D5125">
@@ -3727,51 +3747,69 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00823906" w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Such as </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>practice, administrative, research, academic)</w:t>
+        <w:t xml:space="preserve">practice, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE3D87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>administrative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE3D87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>, research, academic)</w:t>
       </w:r>
       <w:r w:rsidR="0046570F" w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="199BD73F" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00B14C00" w:rsidRDefault="0046570F" w:rsidP="00B5407D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046570F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3945,51 +3983,69 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Faculty Appointments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="208F3A5F" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00DE3D87" w:rsidRDefault="0066412F" w:rsidP="00B5407D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">(List </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE3D87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE3D87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="808080"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF3DF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">current and past roles and </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>positions held and dates of service.)</w:t>
       </w:r>
       <w:r w:rsidR="0046570F" w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
@@ -4936,95 +4992,81 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B83BDBC" w14:textId="5AEC7228" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="006D2EC6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Your response to Question </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Your response to Question 7 below will be shared on an as-needed basis only with limited AMA staff and AMA Board of Trustee members in the internal deliberation of applicants for purposes of ensuring a wide range of viewpoints in the formation of councils/committees. The information provided will be kept confidential and will be stored on secure AMA servers in password protected folders. Additional information on AMA processing of this information is available in its Privacy Notice, available </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>7</w:t>
-      </w:r>
+        <w:t>at https://www.ama-assn.org/about/privacy-policy, which has been made publicly available.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> below will be shared on an as-needed basis only with limited AMA staff and AMA Board of Trustee members in the internal deliberation of applicants for purposes of ensuring a wide range of viewpoints in the formation of councils/committees. The information provided will be kept confidential and will be stored on secure AMA servers in password protected folders. Additional information on AMA processing of this information is available in its Privacy Notice, available at https://www.ama-assn.org/about/privacy-policy, which has been made publicly available. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Your response to Question</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> below is completely voluntary.</w:t>
+        <w:t>Your response to Question 7 below is completely voluntary.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If, at any time, you decide you would like to make changes to or revoke permission for the AMA to use the information submitted in response to the following question, you may complete the </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>AMA Data Privacy Request Form</w:t>
         </w:r>
@@ -5673,74 +5715,76 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="394E94C3" w14:textId="60B0D444" w:rsidR="00592926" w:rsidRPr="00823906" w:rsidRDefault="006F6296" w:rsidP="00D351D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00823906" w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D351D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00592926" w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe </w:t>
       </w:r>
       <w:r w:rsidR="00172A5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r w:rsidR="00592926" w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>current or past involvement in Graduate Medical Education</w:t>
       </w:r>
       <w:r w:rsidR="00101182" w:rsidRPr="00823906">
@@ -5970,81 +6014,91 @@
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D351D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00172A5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>ist any le</w:t>
+        <w:t>ist</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00172A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any le</w:t>
       </w:r>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">adership </w:t>
       </w:r>
       <w:r w:rsidR="00172A5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">positions in </w:t>
       </w:r>
       <w:r w:rsidR="00630311">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Graduate M</w:t>
       </w:r>
@@ -6354,73 +6408,83 @@
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00630311">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>What are the two most important educational changes you believe are necessary in your specialty?</w:t>
+        <w:t>What</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00630311">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are the two most important educational changes you believe are necessary in your specialty?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0AE55A" w14:textId="77777777" w:rsidR="0044251A" w:rsidRPr="002E37F8" w:rsidRDefault="0044251A" w:rsidP="0044251A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000D6931" w14:textId="77777777" w:rsidR="0044251A" w:rsidRPr="00B14C00" w:rsidRDefault="0044251A" w:rsidP="0044251A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6542,65 +6606,75 @@
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  What special qualifications and/or perspectives would you </w:t>
+        <w:t xml:space="preserve">  What</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> special qualifications and/or perspectives would you </w:t>
       </w:r>
       <w:r w:rsidR="00F87842">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(the applicant) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">bring to the ACGME Review Committee?  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3341DA3F" w14:textId="77777777" w:rsidR="00172A5B" w:rsidRPr="002E37F8" w:rsidRDefault="00172A5B" w:rsidP="00172A5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270"/>
@@ -6737,81 +6811,91 @@
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00630311">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">escribe any current or past employment or family relationship that you (the applicant) have with any of the current members of the Review Committee (e.g., supervisor, direct report, manager, spouse, relative). </w:t>
+        <w:t>escribe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any current or past employment or family relationship that you (the applicant) have with any of the current members of the Review Committee (e.g., supervisor, direct report, manager, spouse, relative). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00918DB9" w14:textId="77777777" w:rsidR="00172A5B" w:rsidRPr="002E37F8" w:rsidRDefault="00172A5B" w:rsidP="00172A5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AF690B3" w14:textId="77777777" w:rsidR="00172A5B" w:rsidRDefault="00172A5B" w:rsidP="00172A5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6932,65 +7016,75 @@
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00823906">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Have you (the applicant) previously served on a Review Committee? If so, list the specialty and duration of service.</w:t>
+        <w:t xml:space="preserve">  Have</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you (the applicant) previously served on a Review Committee? If so, list the specialty and duration of service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C2B1F6A" w14:textId="77777777" w:rsidR="00172A5B" w:rsidRPr="00DE3D87" w:rsidRDefault="00172A5B" w:rsidP="00172A5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE3D87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="808080"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  (Please indicate years.)</w:t>
       </w:r>
@@ -7142,65 +7236,75 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00D351D8" w:rsidRPr="00331EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D351D8" w:rsidRPr="00331EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="000D0875" w:rsidRPr="00331EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Self-Assessment: Criteria for Nominations to </w:t>
+        <w:t>Self</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000D0875" w:rsidRPr="00331EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Assessment: Criteria for Nominations to </w:t>
       </w:r>
       <w:r w:rsidR="0041422F" w:rsidRPr="00331EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ACGME </w:t>
       </w:r>
       <w:r w:rsidR="00856AB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RC-</w:t>
       </w:r>
       <w:r w:rsidR="003D5125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
@@ -8568,51 +8672,69 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="78" w:after="200" w:line="231" w:lineRule="auto"/>
               <w:ind w:right="123"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>You</w:t>
             </w:r>
             <w:r w:rsidRPr="003D5125">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will need enough time to fulfill the responsibilities to the Committee. This will include participation in 1) new program reviews and other non-accreditation reviews; 2) annual data review for all accredited programs; 3) subcommittee work (as assigned); 4) prep time for each Committee meeting to review agenda items (and related documents); and 5) actual travel/attendance to each meeting. </w:t>
+              <w:t xml:space="preserve"> will need enough time to fulfill the responsibilities </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003D5125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003D5125">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the Committee. This will include participation in 1) new program reviews and other non-accreditation reviews; 2) annual data review for all accredited programs; 3) subcommittee work (as assigned); 4) prep time for each Committee meeting to review agenda items (and related documents); and 5) actual travel/attendance to each meeting. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="345E7BD1" w14:textId="77777777" w:rsidR="00FA7E8A" w:rsidRPr="002C771A" w:rsidRDefault="00FA7E8A" w:rsidP="00ED4E0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="540"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -8859,65 +8981,93 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F6296">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="008056C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Awareness of Conflict of Interest Policy of External Organization</w:t>
+        <w:t>Awareness</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008056C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008056C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conflict of Interest</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008056C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Policy of External Organization</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6818E1" w14:textId="77777777" w:rsidR="00F84730" w:rsidRPr="00217CEC" w:rsidRDefault="00F84730" w:rsidP="00F84730">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="638F7748" w14:textId="77777777" w:rsidR="00F84730" w:rsidRPr="00217CEC" w:rsidRDefault="00F84730" w:rsidP="00F84730">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8993,71 +9143,83 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A5598D4" w14:textId="77777777" w:rsidR="00F84730" w:rsidRPr="00217CEC" w:rsidRDefault="00F84730" w:rsidP="00F84730">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10D4ADCC" w14:textId="77777777" w:rsidR="00F84730" w:rsidRPr="00217CEC" w:rsidRDefault="00F84730" w:rsidP="00F84730">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00217CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1C281A" w14:textId="77777777" w:rsidR="00F84730" w:rsidRPr="00217CEC" w:rsidRDefault="00F84730" w:rsidP="00F84730">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9163,51 +9325,51 @@
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4235C695" w14:textId="580CA369" w:rsidR="000C3BC7" w:rsidRPr="000C3BC7" w:rsidRDefault="000C3BC7" w:rsidP="00A03121">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C11E75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Submission of Application Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="241008B7" w14:textId="07B7C7A5" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
+    <w:p w14:paraId="241008B7" w14:textId="3AD72785" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please email the following </w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -9244,71 +9406,93 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>mary.grandau@ama-assn.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006D6331" w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidR="000F4C28" w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A64D3F">
+      <w:r w:rsidR="00EE6A95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Monday, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006D2EC6">
+        <w:t>Monday</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64D3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>December 15</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="001A6B17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00566796">
         <w:rPr>
@@ -9563,51 +9747,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> letter of recommendation addressed to the AMA. </w:t>
       </w:r>
       <w:r w:rsidR="00D34844">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">No more than one letter of recommendation will be accepted. </w:t>
       </w:r>
       <w:r w:rsidR="00830067" w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Note that, if nominated, </w:t>
       </w:r>
       <w:r w:rsidR="00D34844">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00830067" w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>letter of recommendation may be included as part of the nominee materials sent to the requesting organization.</w:t>
+        <w:t xml:space="preserve">letter of recommendation may be included as part of the nominee materials sent to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00830067" w:rsidRPr="00217CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>requesting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00830067" w:rsidRPr="00217CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organization.</w:t>
       </w:r>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="60281B82" w14:textId="5986A26E" w:rsidR="008A4FF2" w:rsidRPr="00217CEC" w:rsidRDefault="008A4FF2" w:rsidP="008A4FF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00217CEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9670,68 +9868,100 @@
     </w:p>
     <w:p w14:paraId="7DB43B4A" w14:textId="77777777" w:rsidR="00333B91" w:rsidRDefault="00333B91" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A70EBD" w14:textId="77777777" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB3217D" w14:textId="6A5D1E18" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
+    <w:p w14:paraId="1DB3217D" w14:textId="0F7FACD2" w:rsidR="006D2EC6" w:rsidRDefault="006D2EC6" w:rsidP="00DE58E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Rev 11/17/25</w:t>
+        <w:t>Rev 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D2EC6" w:rsidSect="00A64D3F">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1008" w:left="1440" w:header="547" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23AE0DCA" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="142B1072" w14:textId="77777777" w:rsidR="00C32B76" w:rsidRDefault="00C32B76">
@@ -12392,50 +12622,51 @@
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1602495468">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1588071152">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1340889453">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1686902703">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1478255870">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="641890116">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -12674,50 +12905,51 @@
     <w:rsid w:val="007959E7"/>
     <w:rsid w:val="00797C81"/>
     <w:rsid w:val="007A1E3C"/>
     <w:rsid w:val="007A36C7"/>
     <w:rsid w:val="007A7BEE"/>
     <w:rsid w:val="007B03F2"/>
     <w:rsid w:val="007B10FB"/>
     <w:rsid w:val="007B24D2"/>
     <w:rsid w:val="007B32B3"/>
     <w:rsid w:val="007C029A"/>
     <w:rsid w:val="007E2D3C"/>
     <w:rsid w:val="007E52FE"/>
     <w:rsid w:val="007E534E"/>
     <w:rsid w:val="007F2ABC"/>
     <w:rsid w:val="007F4423"/>
     <w:rsid w:val="007F564E"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="008056C3"/>
     <w:rsid w:val="00807898"/>
     <w:rsid w:val="008109DC"/>
     <w:rsid w:val="00823906"/>
     <w:rsid w:val="00830067"/>
     <w:rsid w:val="008302CA"/>
     <w:rsid w:val="00831A14"/>
     <w:rsid w:val="00837008"/>
+    <w:rsid w:val="008559D8"/>
     <w:rsid w:val="00856AB3"/>
     <w:rsid w:val="00860D4D"/>
     <w:rsid w:val="00861846"/>
     <w:rsid w:val="008619D3"/>
     <w:rsid w:val="00866E55"/>
     <w:rsid w:val="00872A57"/>
     <w:rsid w:val="00883AFC"/>
     <w:rsid w:val="0089262E"/>
     <w:rsid w:val="00892D73"/>
     <w:rsid w:val="008A0AE7"/>
     <w:rsid w:val="008A207A"/>
     <w:rsid w:val="008A4FF2"/>
     <w:rsid w:val="008B1F24"/>
     <w:rsid w:val="008B2F92"/>
     <w:rsid w:val="008C0343"/>
     <w:rsid w:val="008C2ECA"/>
     <w:rsid w:val="008E352B"/>
     <w:rsid w:val="008F2F42"/>
     <w:rsid w:val="00903AB2"/>
     <w:rsid w:val="009116DF"/>
     <w:rsid w:val="009139BC"/>
     <w:rsid w:val="009158F9"/>
     <w:rsid w:val="009228F1"/>
     <w:rsid w:val="00923205"/>
     <w:rsid w:val="00926504"/>
@@ -12879,50 +13111,51 @@
     <w:rsid w:val="00DF1039"/>
     <w:rsid w:val="00DF1134"/>
     <w:rsid w:val="00DF6230"/>
     <w:rsid w:val="00E02D32"/>
     <w:rsid w:val="00E16D42"/>
     <w:rsid w:val="00E2195A"/>
     <w:rsid w:val="00E2292D"/>
     <w:rsid w:val="00E41308"/>
     <w:rsid w:val="00E4332D"/>
     <w:rsid w:val="00E57CF2"/>
     <w:rsid w:val="00E61C1C"/>
     <w:rsid w:val="00E80B4A"/>
     <w:rsid w:val="00E83A7D"/>
     <w:rsid w:val="00E855BE"/>
     <w:rsid w:val="00E92185"/>
     <w:rsid w:val="00EA1713"/>
     <w:rsid w:val="00EA215E"/>
     <w:rsid w:val="00EA3364"/>
     <w:rsid w:val="00EA3E8F"/>
     <w:rsid w:val="00EB3D60"/>
     <w:rsid w:val="00EC3AB0"/>
     <w:rsid w:val="00EC6D9C"/>
     <w:rsid w:val="00ED127D"/>
     <w:rsid w:val="00ED2638"/>
     <w:rsid w:val="00EE2FA7"/>
+    <w:rsid w:val="00EE6A95"/>
     <w:rsid w:val="00EF036F"/>
     <w:rsid w:val="00EF3BC2"/>
     <w:rsid w:val="00F009EF"/>
     <w:rsid w:val="00F050DC"/>
     <w:rsid w:val="00F0589B"/>
     <w:rsid w:val="00F05C84"/>
     <w:rsid w:val="00F06B2E"/>
     <w:rsid w:val="00F141A9"/>
     <w:rsid w:val="00F20E9F"/>
     <w:rsid w:val="00F21D14"/>
     <w:rsid w:val="00F24237"/>
     <w:rsid w:val="00F25D17"/>
     <w:rsid w:val="00F3241E"/>
     <w:rsid w:val="00F3358E"/>
     <w:rsid w:val="00F41455"/>
     <w:rsid w:val="00F423DA"/>
     <w:rsid w:val="00F47410"/>
     <w:rsid w:val="00F507E1"/>
     <w:rsid w:val="00F50B96"/>
     <w:rsid w:val="00F63EA4"/>
     <w:rsid w:val="00F651A8"/>
     <w:rsid w:val="00F70725"/>
     <w:rsid w:val="00F737FF"/>
     <w:rsid w:val="00F73EEF"/>
     <w:rsid w:val="00F74621"/>
@@ -13978,71 +14211,71 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85648636-09A7-4BDF-891E-A63AD048D58D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Patrick</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1263</Words>
   <Characters>8493</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>242</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>339</Lines>
+  <Paragraphs>162</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Council/Committee Nomination Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9652</CharactersWithSpaces>
+  <CharactersWithSpaces>9594</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:mary.grandau@ama-assn.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866635</vt:i4>
       </vt:variant>
       <vt:variant>