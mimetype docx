--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1,64 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/activeX/activeX5.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5A7FDDE5" w14:textId="48B4299D" w:rsidR="0066412F" w:rsidRPr="005C0367" w:rsidRDefault="00F8000C" w:rsidP="00B5407D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="452663"/>
         </w:rPr>
         <w:t>AMA Awards</w:t>
       </w:r>
       <w:r w:rsidR="0066412F" w:rsidRPr="00EC7850">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="452663"/>
         </w:rPr>
@@ -123,357 +112,118 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9576" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3192"/>
         <w:gridCol w:w="1596"/>
         <w:gridCol w:w="1596"/>
         <w:gridCol w:w="3192"/>
       </w:tblGrid>
       <w:tr w:rsidR="0066412F" w14:paraId="48F3CA18" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25AA6443" w14:textId="725DC900" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="25AA6443" w14:textId="7BB06C6D" w:rsidR="0066412F" w:rsidRPr="00125C4E" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name:  </w:t>
-[...82 lines deleted...]
-            </w:sdt>
+              <w:t>Name:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:sdt>
-[...92 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="14D529B8" w14:textId="093F181D" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:sdt>
-[...92 lines deleted...]
-          </w:sdt>
+          <w:p w14:paraId="50AE4758" w14:textId="0C94E4CA" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="7F8C06ED" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B9CCD5D" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>First</w:t>
@@ -518,845 +268,295 @@
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Last</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="2B7EAA73" w14:textId="77777777" w:rsidTr="00EA2644">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F29D05" w14:textId="5327DEFB" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="39F29D05" w14:textId="77897801" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="990"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Address: </w:t>
-[...93 lines deleted...]
-            </w:sdt>
+              <w:t>Address:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="39E39D31" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3080303B" w14:textId="26E8CEE8" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="3080303B" w14:textId="79DE1F9F" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>City:</w:t>
             </w:r>
             <w:r w:rsidR="006E7065">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:sdt>
-[...78 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40C718CE" w14:textId="1C750B78" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
+          <w:p w14:paraId="40C718CE" w14:textId="52C18393" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:sdt>
-[...78 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="310F7AB7" w14:textId="0702D6CC" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
+          <w:p w14:paraId="310F7AB7" w14:textId="6CA58156" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Zip Code </w:t>
             </w:r>
-            <w:sdt>
-[...78 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="3E92CD05" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="312C019F" w14:textId="32E2EB11" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
+          <w:p w14:paraId="312C019F" w14:textId="245FBF2C" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Cell Phone</w:t>
             </w:r>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0046FE34" w14:textId="4C566219" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
+          <w:p w14:paraId="0046FE34" w14:textId="0835C970" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="006E7065" w:rsidP="006E7065">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Office</w:t>
             </w:r>
             <w:r w:rsidR="0039471B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Phone</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="4B10D66C" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4925D2B2" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="00EC7850" w:rsidP="006E7065">
+          <w:p w14:paraId="4925D2B2" w14:textId="127D87FC" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="00EC7850" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>mail address:</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="0066412F" w:rsidRPr="00270B6D">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="05485E0B" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B45D623" w14:textId="720FA200" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:rPr>
@@ -1372,1515 +572,1013 @@
             </w:r>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00FE24F9" w:rsidRPr="00EA2644">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               </w:rPr>
               <w:t>mm/dd/yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2134E52B" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="2134E52B" w14:textId="74D68E28" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1692"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Place of Birth:</w:t>
             </w:r>
             <w:r w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00270B6D">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="38E3BA4F" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="713FD538" w14:textId="5D033FC6" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="713FD538" w14:textId="66189CE6" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Medical School</w:t>
             </w:r>
             <w:r w:rsidR="00F8000C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applicable)</w:t>
             </w:r>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C556A6">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="392A4B05" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46E8E2CF" w14:textId="62467291" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="006E7065" w:rsidP="006E7065">
+          <w:p w14:paraId="46E8E2CF" w14:textId="594813DF" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="006E7065" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1440"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Year </w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Graduated:</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="0066412F" w:rsidRPr="00270B6D">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5208D8" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="6F5208D8" w14:textId="574D295F" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1692"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Medical Specialty:</w:t>
             </w:r>
             <w:r w:rsidRPr="00270B6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00270B6D">
-[...71 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="7819BDB8" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8450BA" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
+          <w:p w14:paraId="1D8450BA" w14:textId="3D2F3691" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="0066412F" w:rsidP="006E7065">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="2700"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Board Certification(s):</w:t>
             </w:r>
             <w:r w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...69 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00A734F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="4B34AE85" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="0E9026FF" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="00270B6D" w:rsidRDefault="0066412F" w:rsidP="00B5407D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="199492A4" w14:textId="77777777" w:rsidTr="006E7065">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1812C3" w14:textId="7698AFFD" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="009F4BB2" w:rsidP="00B5407D">
+          <w:p w14:paraId="3F1812C3" w14:textId="3F6D9B9A" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="009F4BB2" w:rsidP="00B5407D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="6135"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> is an AMA Member: </w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-328057520"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA2644">
+                <w:r w:rsidR="0081141F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B46245">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1509440459"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA2644">
+                <w:r w:rsidR="00A40BDB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t>AMA Member Since:</w:t>
             </w:r>
             <w:r w:rsidR="006E7065">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="36269A25" w14:textId="77777777" w:rsidTr="00E27371">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="73CA6236" w14:textId="4AC7492D" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="009F4BB2" w:rsidP="00B5407D">
+          <w:p w14:paraId="73CA6236" w14:textId="5D7DE634" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="009F4BB2" w:rsidP="00B5407D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Applicant</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> is an AMA Delegate:</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="659825613"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA2644">
+                <w:r w:rsidR="00A40BDB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B46245">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1291892453"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EA2644">
+                <w:r w:rsidR="00A40BDB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B46245">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00C556A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA2644" w14:paraId="3B85F851" w14:textId="77777777" w:rsidTr="00EA2644">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69BABA32" w14:textId="0D075D18" w:rsidR="00EA2644" w:rsidRPr="00A703C0" w:rsidRDefault="00EA2644" w:rsidP="00EA2644">
+          <w:p w14:paraId="69BABA32" w14:textId="16AA33DB" w:rsidR="00EA2644" w:rsidRPr="00A703C0" w:rsidRDefault="00EA2644" w:rsidP="00EA2644">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1980"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Submitted By: </w:t>
-            </w:r>
-[...89 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066412F" w14:paraId="20AC54D9" w14:textId="77777777" w:rsidTr="00EA2644">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A58EDEC" w14:textId="63BF82A3" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="00EC7850" w:rsidP="00EA2644">
+          <w:p w14:paraId="5A58EDEC" w14:textId="1A941F72" w:rsidR="0066412F" w:rsidRPr="00C556A6" w:rsidRDefault="00EC7850" w:rsidP="00EA2644">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="1980"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="C0C0C0"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A703C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="0066412F" w:rsidRPr="00A703C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>mail Address:</w:t>
             </w:r>
             <w:r w:rsidR="000657D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000657D5" w:rsidRPr="00AE5CDA">
-[...89 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E105C0D" w14:textId="77777777" w:rsidR="00F8000C" w:rsidRDefault="00F8000C" w:rsidP="00F8000C"/>
     <w:p w14:paraId="0ADD263A" w14:textId="0DD02A33" w:rsidR="00F8000C" w:rsidRPr="003E05AF" w:rsidRDefault="00F8000C" w:rsidP="00F8000C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CHOOSE ONE:</w:t>
       </w:r>
       <w:r w:rsidR="00FE24F9" w:rsidRPr="003E05AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE24F9" w:rsidRPr="003E05AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(click on one option)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6824158D" w14:textId="4C510038" w:rsidR="00E27371" w:rsidRPr="003E05AF" w:rsidRDefault="00E27371" w:rsidP="00F8000C"/>
-    <w:p w14:paraId="5788DC28" w14:textId="2426EB48" w:rsidR="00F45527" w:rsidRPr="003E05AF" w:rsidRDefault="00F45527" w:rsidP="00F45527">
+    <w:p w14:paraId="5788DC28" w14:textId="57077801" w:rsidR="00F45527" w:rsidRPr="00A40BDB" w:rsidRDefault="005A2D7B" w:rsidP="00F45527">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1591040292"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0081141F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A40BDB" w:rsidRPr="00A40BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40BDB" w:rsidRPr="00A40BDB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AMA MEDAL OF VALOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668E71AF" w14:textId="77777777" w:rsidR="00F10B80" w:rsidRPr="003E05AF" w:rsidRDefault="00F10B80" w:rsidP="00F10B80">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003E05AF">
-        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="38AD8CDB">
-[...26 lines deleted...]
-    <w:p w14:paraId="668E71AF" w14:textId="77777777" w:rsidR="00F10B80" w:rsidRPr="003E05AF" w:rsidRDefault="00F10B80" w:rsidP="00F10B80">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Description</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E05AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: This award is given to an individual member of the AMA, or a group of AMA members, who demonstrated extraordinary patient care in austere and hostile situation(s). The recipient is selected by the AMA Board of Trustees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AC4009" w14:textId="77777777" w:rsidR="00F10B80" w:rsidRPr="003E05AF" w:rsidRDefault="00F10B80" w:rsidP="00F10B80">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Criteria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E05AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Recipient(s) must be an AMA member or members. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC0A2B3" w14:textId="77777777" w:rsidR="00270B6D" w:rsidRDefault="00270B6D" w:rsidP="00F10B80">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48215D9B" w14:textId="27935F6D" w:rsidR="00F10B80" w:rsidRPr="003E05AF" w:rsidRDefault="00F10B80" w:rsidP="00F10B80">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E05AF">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please include quantitative metrics to demonstrate impact on patient care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A188D83" w14:textId="77777777" w:rsidR="00F45527" w:rsidRPr="003E05AF" w:rsidRDefault="00F45527" w:rsidP="00F45527"/>
+    <w:p w14:paraId="6FB09E85" w14:textId="78A31B0C" w:rsidR="00FE24F9" w:rsidRPr="00A40BDB" w:rsidRDefault="005A2D7B" w:rsidP="00F45527">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1849368035"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0081141F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00A40BDB" w:rsidRPr="00A40BDB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40BDB" w:rsidRPr="00A40BDB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AMA DISTINGUISHED SERVICE AWARD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B9A014" w14:textId="77777777" w:rsidR="00FE24F9" w:rsidRPr="003E05AF" w:rsidRDefault="00FE24F9" w:rsidP="00FE24F9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E05AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: This award is given to an individual member of the AMA, or a group of AMA members, who demonstrated extraordinary patient care in austere and hostile situation(s). The recipient is selected by the AMA Board of Trustees.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01AC4009" w14:textId="77777777" w:rsidR="00F10B80" w:rsidRPr="003E05AF" w:rsidRDefault="00F10B80" w:rsidP="00F10B80">
+        <w:t>: This award honors a member of the AMA for meritorious service in the art and science of medicine and the betterment of public health. The recipient is selected by the AMA Board of Trustees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68330D13" w14:textId="77777777" w:rsidR="00FE24F9" w:rsidRPr="003E05AF" w:rsidRDefault="00FE24F9" w:rsidP="00FE24F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Criteria</w:t>
       </w:r>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Recipient(s) must be an AMA member or members. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>: Awarded to an individual AMA member who demonstrates significant impact on patient populations, communities, future physicians, and/or health care delivery systems, as the result of a particular initiative or sustained impact throughout the nominee’s career.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAA79C5" w14:textId="77777777" w:rsidR="00270B6D" w:rsidRDefault="00270B6D" w:rsidP="00FE24F9">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48215D9B" w14:textId="27935F6D" w:rsidR="00F10B80" w:rsidRPr="003E05AF" w:rsidRDefault="00F10B80" w:rsidP="00F10B80">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="09897CE7" w14:textId="082E9F86" w:rsidR="00FE24F9" w:rsidRPr="003E05AF" w:rsidRDefault="00FE24F9" w:rsidP="00FE24F9">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please include quantitative metrics to demonstrate impact on patient care.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="6FB09E85" w14:textId="23A0A8B3" w:rsidR="00FE24F9" w:rsidRPr="003E05AF" w:rsidRDefault="00FE24F9" w:rsidP="00F45527">
+        <w:t>As example considerations: The nominee’s work may have influenced clinical practices or policy, medical education, curriculum design, or the professional development of physicians; or led to improved patient outcomes, health care accessibility, or health care delivery systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511B8C54" w14:textId="5A4F2AF9" w:rsidR="00EA2644" w:rsidRPr="003E05AF" w:rsidRDefault="00EA2644">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003E05AF">
-        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="2F99E6A4">
-[...55 lines deleted...]
-    <w:p w14:paraId="7FAA79C5" w14:textId="77777777" w:rsidR="00270B6D" w:rsidRDefault="00270B6D" w:rsidP="00FE24F9">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A307451" w14:textId="77777777" w:rsidR="00FE24F9" w:rsidRPr="003E05AF" w:rsidRDefault="00FE24F9" w:rsidP="00FE24F9">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:i/>
-[...25 lines deleted...]
-        <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E05AF">
-[...25 lines deleted...]
-        </w:object>
+    </w:p>
+    <w:p w14:paraId="14D5DDB5" w14:textId="0FCD8367" w:rsidR="00F8000C" w:rsidRPr="0081141F" w:rsidRDefault="0081141F" w:rsidP="00F8000C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="886224133"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0081141F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081141F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AMA SCIENTIFIC ACHIEVEMENT AWARD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3148DB7B" w14:textId="77777777" w:rsidR="00E572CB" w:rsidRPr="003E05AF" w:rsidRDefault="00E572CB" w:rsidP="00E572CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: This award is presented in recognition of extraordinary contributions to the advancement of medical science to acknowledge the groundbreaking work of individuals whose innovative research or scientific achievement(s) have had a profound impact on medicine. The recipient is selected by the AMA Board of Trustees.</w:t>
       </w:r>
@@ -2933,150 +1631,224 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>As example considerations: Has the nominee contributed to significant discoveries in medical science or biotechnology, or did their research lead to new treatments, interventions, or understanding of diseases? Has the nominee developed or contributed to clinical trials, medical procedures, or interventions that have improved patient outcomes? Has the nominee contributed to the development of medical devices, diagnostic tools, or health IT that significantly advances medical practice? If possible, include quantitative metrics that demonstrate the impact of the nominee’s scientific work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67562BB4" w14:textId="77777777" w:rsidR="00E572CB" w:rsidRPr="003E05AF" w:rsidRDefault="00E572CB" w:rsidP="00E572CB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7078EBFF" w14:textId="6B1BC76F" w:rsidR="00F8000C" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="00F8000C">
+    <w:p w14:paraId="7078EBFF" w14:textId="31AB0115" w:rsidR="00F8000C" w:rsidRPr="0081141F" w:rsidRDefault="0081141F" w:rsidP="00F8000C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1179696136"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0081141F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081141F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRESIDENT’S CITATION FOR SERVICE TO THE PUBLIC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673950CF" w14:textId="77777777" w:rsidR="006741B3" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="006741B3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="673950CF" w14:textId="77777777" w:rsidR="006741B3" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="006741B3">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Description</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E05AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: This award honors an individual or organization for outstanding service in promoting the art and science of medicine and the betterment of public health. The recipient is nominated by the AMA President with concurrence by the AMA Board of Trustees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDE149E" w14:textId="77777777" w:rsidR="006741B3" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="006741B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC9B37D" w14:textId="77777777" w:rsidR="006741B3" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="006741B3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Description</w:t>
+        <w:t>Criteria</w:t>
       </w:r>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: This award honors an individual or organization for outstanding service in promoting the art and science of medicine and the </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="1CDE149E" w14:textId="77777777" w:rsidR="006741B3" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="006741B3">
+        <w:t>: The nominee may have significantly contributed to local, state, or national initiatives that promote public health and wellness; played a substantial role in non-profit organizations, charitable work, or policy-making that benefits the community; provided services or programs that address the health needs of underserved or vulnerable populations; or made impactful contributions during times of crisis, such as natural disasters or public health emergencies. The application should include documentation of the contribution(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265CBBF7" w14:textId="3E41E38A" w:rsidR="0037375B" w:rsidRPr="003E05AF" w:rsidRDefault="0037375B" w:rsidP="00F10B80">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:rPr>
-[...41 lines deleted...]
-        </w:object>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="739892F0" w14:textId="4C59F06B" w:rsidR="00E27371" w:rsidRPr="006F1007" w:rsidRDefault="006F1007" w:rsidP="00F8000C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="103856853"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="0081141F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1007">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MEDICAL EXECUTIVE MERITORIOUS ACHIEVEMENT AWARD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="363C8F20" w14:textId="77777777" w:rsidR="006741B3" w:rsidRPr="003E05AF" w:rsidRDefault="006741B3" w:rsidP="006741B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Description</w:t>
       </w:r>
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: This award recognizes exemplary service by an executive to the profession of medicine that enhances medical practice, medical education, and/or public health. The recipient is selected by the AMA Board of Trustees.</w:t>
       </w:r>
@@ -3151,51 +1923,50 @@
       <w:r w:rsidRPr="003E05AF">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2FA35A" w14:textId="1F35CD44" w:rsidR="0066412F" w:rsidRPr="003744A1" w:rsidRDefault="0066412F" w:rsidP="000B7B99">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003744A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Supporting Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C5B8C0" w14:textId="4D5F0DAE" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D4D7C15" w14:textId="62A46D4C" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
@@ -3215,929 +1986,513 @@
         </w:rPr>
         <w:t>. Sponsor's Narrative Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209E25C5" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="00862DF6" w:rsidRDefault="00630B41" w:rsidP="00630B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C0C0C0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C0C0C0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(Describe nominee’s accomplishments and contributions which support the criteria of award, using not less than 250 words, nor more than 1000 words.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1BBF05" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
+    <w:p w14:paraId="397C1575" w14:textId="77777777" w:rsidR="00630B41" w:rsidRDefault="00630B41" w:rsidP="00630B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...74 lines deleted...]
-    <w:p w14:paraId="397C1575" w14:textId="77777777" w:rsidR="00630B41" w:rsidRDefault="00630B41" w:rsidP="00630B41">
+    </w:p>
+    <w:p w14:paraId="07F4FC7C" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07F4FC7C" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
+    <w:p w14:paraId="6850000B" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6850000B" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
+      <w:r w:rsidRPr="00AE5CDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sponsor Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>: ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601E9E54" w14:textId="77777777" w:rsidR="00630B41" w:rsidRPr="006E7065" w:rsidRDefault="00630B41" w:rsidP="00630B41">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A82B17A" w14:textId="0BA277CC" w:rsidR="0066412F" w:rsidRPr="00630B41" w:rsidRDefault="00630B41" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00630B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2D7B" w:rsidRPr="00630B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27371" w:rsidRPr="00630B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professional </w:t>
+      </w:r>
+      <w:r w:rsidR="00A742DB" w:rsidRPr="00630B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00876195" w:rsidRPr="00630B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DF8CAF" w14:textId="5AD9979B" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="0066412F" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00697353" w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i.e., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>practice, administrative, research, academic</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>; please list positions held and dates.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014CF1DD" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="0066412F" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE49DDD" w14:textId="77777777" w:rsidR="0018007C" w:rsidRPr="006E7065" w:rsidRDefault="0018007C" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A61CE0E" w14:textId="4213DCB8" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="005A2D7B" w:rsidP="007746F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0066412F" w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27371">
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Principal Honors:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452AD284" w14:textId="089AF02B" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="0066412F" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="270"/>
+        </w:tabs>
+        <w:ind w:left="270" w:hanging="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(List</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awards received</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and dates </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E7065">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="C0C0C0"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CB39F5" w14:textId="77777777" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="0066412F" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E99F4A9" w14:textId="77777777" w:rsidR="0018007C" w:rsidRDefault="0018007C" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799C10F7" w14:textId="77777777" w:rsidR="00F45186" w:rsidRPr="006E7065" w:rsidRDefault="00F45186" w:rsidP="0097092F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EDFA41A" w14:textId="01DDD107" w:rsidR="000657D5" w:rsidRPr="006E7065" w:rsidRDefault="00E8019B" w:rsidP="000657D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE5CDA">
-[...70 lines deleted...]
-    <w:p w14:paraId="02DF8CAF" w14:textId="5AD9979B" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="0066412F" w:rsidP="0097092F">
+      <w:r w:rsidRPr="00F85C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="000657D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729E8914" w14:textId="5ADFCFC3" w:rsidR="006E7065" w:rsidRPr="00270B6D" w:rsidRDefault="00270B6D" w:rsidP="00270B6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
         </w:tabs>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C0C0C0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E7065">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006E7065">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C0C0C0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00697353" w:rsidRPr="006E7065">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00270B6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="C0C0C0"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">i.e., </w:t>
-[...150 lines deleted...]
-    <w:p w14:paraId="6A61CE0E" w14:textId="50F25A9C" w:rsidR="0066412F" w:rsidRPr="006E7065" w:rsidRDefault="0066412F" w:rsidP="007746F4">
+        <w:t>(Typed name will be accepted as signature.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116F7572" w14:textId="77777777" w:rsidR="006E7065" w:rsidRDefault="006E7065" w:rsidP="00E8019B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
-        <w:ind w:left="270" w:hanging="270"/>
+        <w:ind w:left="540" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...215 lines deleted...]
-    <w:p w14:paraId="2EDFA41A" w14:textId="76FBCD50" w:rsidR="000657D5" w:rsidRPr="006E7065" w:rsidRDefault="00E8019B" w:rsidP="000657D5">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21BE37A7" w14:textId="35A8BDE1" w:rsidR="000657D5" w:rsidRPr="006E7065" w:rsidRDefault="00E8019B" w:rsidP="000657D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F85C53">
+      <w:r w:rsidRPr="006E7065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Signature</w:t>
+        <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="000657D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A3CB5">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006E7065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...97 lines deleted...]
-    <w:p w14:paraId="116F7572" w14:textId="77777777" w:rsidR="006E7065" w:rsidRDefault="006E7065" w:rsidP="00E8019B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662D7B5D" w14:textId="1969BA9E" w:rsidR="00E8019B" w:rsidRDefault="00E8019B" w:rsidP="000657D5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...128 lines deleted...]
-          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79E28BA7" w14:textId="77777777" w:rsidR="00E8019B" w:rsidRDefault="00E8019B" w:rsidP="00E8019B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="031482F4" w14:textId="16FEEA44" w:rsidR="00E8019B" w:rsidRDefault="00E8019B" w:rsidP="00E8019B">
       <w:pPr>
         <w:ind w:left="540" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00492606">
@@ -4183,231 +2538,253 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3-page) </w:t>
       </w:r>
       <w:r w:rsidRPr="00492606">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>executive curriculum vitae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F072BA" w14:textId="3015234B" w:rsidR="00E8019B" w:rsidRPr="006756B4" w:rsidRDefault="00862DF6" w:rsidP="00E8019B">
+    <w:p w14:paraId="44F072BA" w14:textId="5E5D51B8" w:rsidR="00E8019B" w:rsidRPr="006756B4" w:rsidRDefault="006F1007" w:rsidP="00E8019B">
       <w:pPr>
         <w:ind w:left="540" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>August 15</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E8019B" w:rsidRPr="009315A7">
+        <w:t>March</w:t>
+      </w:r>
+      <w:r w:rsidR="00862DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00374657" w:rsidRPr="009315A7">
+        <w:t xml:space="preserve"> 15</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8019B" w:rsidRPr="009315A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00374657">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00374657" w:rsidRPr="009315A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5,</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E8019B" w:rsidRPr="00492606">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to:</w:t>
       </w:r>
       <w:r w:rsidR="00E8019B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00E8019B" w:rsidRPr="006756B4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>bot@ama-assn.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="576E2A3B" w14:textId="77777777" w:rsidR="00E8019B" w:rsidRPr="00DD312C" w:rsidRDefault="00E8019B" w:rsidP="00E8019B">
+    <w:p w14:paraId="576E2A3B" w14:textId="77777777" w:rsidR="00E8019B" w:rsidRDefault="00E8019B" w:rsidP="00E8019B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="12CD56EE" w14:textId="77777777" w:rsidR="005A2D7B" w:rsidRPr="00DD312C" w:rsidRDefault="005A2D7B" w:rsidP="00E8019B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="270"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3856F00D" w14:textId="77777777" w:rsidR="00E8019B" w:rsidRDefault="00E8019B" w:rsidP="00E8019B">
       <w:pPr>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385A26">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions, please contact Nadine Siewnarine: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00385A26">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>nadine.siewnarine@ama-assn.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00E8019B" w:rsidSect="006E7065">
-      <w:headerReference w:type="default" r:id="rId20"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId23"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="990" w:right="1440" w:bottom="1152" w:left="1440" w:header="10" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="577403D8" w14:textId="77777777" w:rsidR="005C5771" w:rsidRDefault="005C5771">
+    <w:p w14:paraId="4F0D777B" w14:textId="77777777" w:rsidR="009E6F69" w:rsidRDefault="009E6F69">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4084BFF4" w14:textId="77777777" w:rsidR="005C5771" w:rsidRDefault="005C5771">
+    <w:p w14:paraId="68BA9966" w14:textId="77777777" w:rsidR="009E6F69" w:rsidRDefault="009E6F69">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -4422,51 +2799,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="085B2269" w14:textId="7EF8B0B1" w:rsidR="00DB7CB8" w:rsidRDefault="00DB7CB8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005E6B65">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
@@ -4499,58 +2876,58 @@
     </w:r>
     <w:r w:rsidR="005E6B65">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6A93542C" w14:textId="77777777" w:rsidR="00DB7CB8" w:rsidRDefault="00DB7CB8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D1A738A" w14:textId="77777777" w:rsidR="005C5771" w:rsidRDefault="005C5771">
+    <w:p w14:paraId="55537B47" w14:textId="77777777" w:rsidR="009E6F69" w:rsidRDefault="009E6F69">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19F3A7B9" w14:textId="77777777" w:rsidR="005C5771" w:rsidRDefault="005C5771">
+    <w:p w14:paraId="554E0C3F" w14:textId="77777777" w:rsidR="009E6F69" w:rsidRDefault="009E6F69">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60B8CD61" w14:textId="259F7CCD" w:rsidR="00E872D1" w:rsidRDefault="006E7065">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="728379BE" wp14:editId="4F81BD62">
           <wp:extent cx="1295400" cy="723900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 2" descr="A purple and white logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -5470,95 +3847,99 @@
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1871188143">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1064261995">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="390035152">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1255821666">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2053"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0066412F"/>
     <w:rsid w:val="00006D17"/>
     <w:rsid w:val="00021D25"/>
     <w:rsid w:val="0003124C"/>
     <w:rsid w:val="000652F9"/>
     <w:rsid w:val="000657D5"/>
     <w:rsid w:val="00072C9A"/>
     <w:rsid w:val="000845F4"/>
     <w:rsid w:val="00086E7B"/>
     <w:rsid w:val="000B7B99"/>
     <w:rsid w:val="000D655E"/>
     <w:rsid w:val="000E5ABC"/>
     <w:rsid w:val="000E6F57"/>
     <w:rsid w:val="000F4600"/>
+    <w:rsid w:val="0010304F"/>
     <w:rsid w:val="00104E22"/>
     <w:rsid w:val="00105F41"/>
     <w:rsid w:val="001115EF"/>
     <w:rsid w:val="00114AFF"/>
     <w:rsid w:val="00114BAF"/>
+    <w:rsid w:val="00125C4E"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001428D5"/>
     <w:rsid w:val="00161287"/>
     <w:rsid w:val="0017400A"/>
     <w:rsid w:val="00176E94"/>
     <w:rsid w:val="0018007C"/>
+    <w:rsid w:val="00182DEC"/>
     <w:rsid w:val="0018644B"/>
     <w:rsid w:val="001922EF"/>
     <w:rsid w:val="00194689"/>
     <w:rsid w:val="001B33E4"/>
     <w:rsid w:val="001B3D15"/>
     <w:rsid w:val="001B60CF"/>
     <w:rsid w:val="001C55ED"/>
     <w:rsid w:val="001C7C10"/>
     <w:rsid w:val="001D0DEC"/>
     <w:rsid w:val="001D1C0C"/>
     <w:rsid w:val="001E461E"/>
     <w:rsid w:val="001F3F90"/>
     <w:rsid w:val="001F4B2D"/>
     <w:rsid w:val="00206F44"/>
     <w:rsid w:val="00216EF4"/>
     <w:rsid w:val="0022241E"/>
     <w:rsid w:val="002379BE"/>
     <w:rsid w:val="00237CDC"/>
     <w:rsid w:val="00246890"/>
     <w:rsid w:val="00250807"/>
     <w:rsid w:val="00260398"/>
     <w:rsid w:val="00270B6D"/>
     <w:rsid w:val="00274201"/>
     <w:rsid w:val="002838DD"/>
     <w:rsid w:val="00285209"/>
@@ -5568,228 +3949,237 @@
     <w:rsid w:val="002C4690"/>
     <w:rsid w:val="002D3AE4"/>
     <w:rsid w:val="002D54F5"/>
     <w:rsid w:val="002D6AD5"/>
     <w:rsid w:val="002F2993"/>
     <w:rsid w:val="002F4C94"/>
     <w:rsid w:val="003035E9"/>
     <w:rsid w:val="00314AD2"/>
     <w:rsid w:val="00314B31"/>
     <w:rsid w:val="00324840"/>
     <w:rsid w:val="0032599D"/>
     <w:rsid w:val="00351BC0"/>
     <w:rsid w:val="00364C8C"/>
     <w:rsid w:val="003728E5"/>
     <w:rsid w:val="003736F6"/>
     <w:rsid w:val="0037375B"/>
     <w:rsid w:val="003744A1"/>
     <w:rsid w:val="00374657"/>
     <w:rsid w:val="00381ABC"/>
     <w:rsid w:val="00385A26"/>
     <w:rsid w:val="00387B3E"/>
     <w:rsid w:val="0039471B"/>
     <w:rsid w:val="003A1675"/>
     <w:rsid w:val="003A5187"/>
     <w:rsid w:val="003C426F"/>
+    <w:rsid w:val="003C554B"/>
     <w:rsid w:val="003C7764"/>
     <w:rsid w:val="003D1C4D"/>
     <w:rsid w:val="003D4FAD"/>
     <w:rsid w:val="003D6D12"/>
     <w:rsid w:val="003E05AF"/>
     <w:rsid w:val="003E3724"/>
     <w:rsid w:val="003E69D6"/>
     <w:rsid w:val="003F13CA"/>
     <w:rsid w:val="003F640C"/>
     <w:rsid w:val="00400061"/>
     <w:rsid w:val="00400335"/>
     <w:rsid w:val="00400676"/>
     <w:rsid w:val="00405CF6"/>
     <w:rsid w:val="00415614"/>
     <w:rsid w:val="00416C02"/>
     <w:rsid w:val="004216FE"/>
     <w:rsid w:val="004277D6"/>
     <w:rsid w:val="00447A6D"/>
     <w:rsid w:val="004520D8"/>
     <w:rsid w:val="004658D2"/>
     <w:rsid w:val="00471382"/>
     <w:rsid w:val="00473D7A"/>
     <w:rsid w:val="004755B0"/>
     <w:rsid w:val="004A00FE"/>
     <w:rsid w:val="004E5C96"/>
     <w:rsid w:val="004F0EEC"/>
     <w:rsid w:val="004F2393"/>
     <w:rsid w:val="004F5E00"/>
     <w:rsid w:val="0050254B"/>
     <w:rsid w:val="00520730"/>
     <w:rsid w:val="00522798"/>
     <w:rsid w:val="00526D78"/>
     <w:rsid w:val="005361BC"/>
     <w:rsid w:val="0053722D"/>
     <w:rsid w:val="00540F4A"/>
     <w:rsid w:val="00542EFF"/>
     <w:rsid w:val="005461A3"/>
     <w:rsid w:val="005637DC"/>
     <w:rsid w:val="0056395C"/>
     <w:rsid w:val="00584AAD"/>
     <w:rsid w:val="00585765"/>
     <w:rsid w:val="00586AAB"/>
+    <w:rsid w:val="005A2D7B"/>
     <w:rsid w:val="005A3CB5"/>
     <w:rsid w:val="005B5CBE"/>
     <w:rsid w:val="005C0367"/>
     <w:rsid w:val="005C2B4B"/>
     <w:rsid w:val="005C5771"/>
     <w:rsid w:val="005D650A"/>
     <w:rsid w:val="005E45FF"/>
     <w:rsid w:val="005E6B65"/>
+    <w:rsid w:val="005E7E66"/>
     <w:rsid w:val="006130D4"/>
     <w:rsid w:val="00613CFA"/>
     <w:rsid w:val="0062628A"/>
     <w:rsid w:val="00630B41"/>
     <w:rsid w:val="00634CA4"/>
     <w:rsid w:val="00641585"/>
     <w:rsid w:val="00643D06"/>
     <w:rsid w:val="00651974"/>
     <w:rsid w:val="006559E0"/>
     <w:rsid w:val="006570AD"/>
     <w:rsid w:val="0066220D"/>
     <w:rsid w:val="0066412F"/>
     <w:rsid w:val="00664B83"/>
     <w:rsid w:val="006741B3"/>
     <w:rsid w:val="006851FF"/>
     <w:rsid w:val="00687A32"/>
     <w:rsid w:val="00697353"/>
     <w:rsid w:val="006B18A5"/>
     <w:rsid w:val="006C361A"/>
     <w:rsid w:val="006D1A7E"/>
     <w:rsid w:val="006D59C2"/>
     <w:rsid w:val="006E3EDE"/>
     <w:rsid w:val="006E7065"/>
+    <w:rsid w:val="006F1007"/>
     <w:rsid w:val="006F421E"/>
     <w:rsid w:val="006F73B8"/>
     <w:rsid w:val="007050E4"/>
     <w:rsid w:val="007053EE"/>
     <w:rsid w:val="0071472D"/>
     <w:rsid w:val="00722645"/>
     <w:rsid w:val="007438A6"/>
     <w:rsid w:val="007533C5"/>
+    <w:rsid w:val="007578D9"/>
     <w:rsid w:val="0076043E"/>
     <w:rsid w:val="007746F4"/>
     <w:rsid w:val="00780046"/>
     <w:rsid w:val="007823A8"/>
     <w:rsid w:val="007939A1"/>
     <w:rsid w:val="00795F19"/>
     <w:rsid w:val="007B24AB"/>
     <w:rsid w:val="007B368C"/>
     <w:rsid w:val="007C0A0E"/>
     <w:rsid w:val="007C0FF0"/>
     <w:rsid w:val="007D1CB9"/>
     <w:rsid w:val="00803778"/>
     <w:rsid w:val="008109DC"/>
+    <w:rsid w:val="0081141F"/>
     <w:rsid w:val="00814C83"/>
     <w:rsid w:val="008172D3"/>
     <w:rsid w:val="00817C16"/>
     <w:rsid w:val="00826488"/>
     <w:rsid w:val="008366AB"/>
     <w:rsid w:val="00837008"/>
     <w:rsid w:val="00852F7E"/>
     <w:rsid w:val="008612E6"/>
     <w:rsid w:val="00862DF6"/>
     <w:rsid w:val="0086380B"/>
     <w:rsid w:val="00876195"/>
     <w:rsid w:val="00877189"/>
     <w:rsid w:val="008874A7"/>
     <w:rsid w:val="008E352B"/>
     <w:rsid w:val="008E7237"/>
     <w:rsid w:val="00903AB2"/>
     <w:rsid w:val="00910B4D"/>
     <w:rsid w:val="009126F9"/>
     <w:rsid w:val="0091553B"/>
     <w:rsid w:val="009315A7"/>
     <w:rsid w:val="00934DD5"/>
     <w:rsid w:val="00935BB5"/>
     <w:rsid w:val="00945876"/>
     <w:rsid w:val="009462A2"/>
     <w:rsid w:val="009523A1"/>
     <w:rsid w:val="00953F4D"/>
     <w:rsid w:val="009632AB"/>
     <w:rsid w:val="0097092F"/>
     <w:rsid w:val="0097149F"/>
     <w:rsid w:val="009716D4"/>
     <w:rsid w:val="00983D19"/>
     <w:rsid w:val="00994868"/>
     <w:rsid w:val="009A6783"/>
     <w:rsid w:val="009B0132"/>
     <w:rsid w:val="009B01AF"/>
     <w:rsid w:val="009C4581"/>
     <w:rsid w:val="009C5E4F"/>
     <w:rsid w:val="009D31EA"/>
     <w:rsid w:val="009E0F3C"/>
     <w:rsid w:val="009E32D9"/>
+    <w:rsid w:val="009E6F69"/>
     <w:rsid w:val="009F1E69"/>
     <w:rsid w:val="009F21A6"/>
     <w:rsid w:val="009F4BB2"/>
     <w:rsid w:val="00A1525C"/>
     <w:rsid w:val="00A245F3"/>
     <w:rsid w:val="00A348DB"/>
     <w:rsid w:val="00A36929"/>
+    <w:rsid w:val="00A40BDB"/>
     <w:rsid w:val="00A43694"/>
     <w:rsid w:val="00A469FC"/>
     <w:rsid w:val="00A5084A"/>
     <w:rsid w:val="00A51EBD"/>
     <w:rsid w:val="00A55876"/>
     <w:rsid w:val="00A703C0"/>
     <w:rsid w:val="00A70C08"/>
     <w:rsid w:val="00A734F6"/>
     <w:rsid w:val="00A742DB"/>
     <w:rsid w:val="00A90852"/>
     <w:rsid w:val="00A94041"/>
     <w:rsid w:val="00A95D73"/>
     <w:rsid w:val="00AA1044"/>
     <w:rsid w:val="00AA21CA"/>
     <w:rsid w:val="00AA679D"/>
     <w:rsid w:val="00AB368D"/>
     <w:rsid w:val="00AB497B"/>
     <w:rsid w:val="00AB5676"/>
     <w:rsid w:val="00AD156D"/>
     <w:rsid w:val="00AD4265"/>
     <w:rsid w:val="00AD5E01"/>
     <w:rsid w:val="00AE1304"/>
     <w:rsid w:val="00AE5CDA"/>
     <w:rsid w:val="00AF69BF"/>
     <w:rsid w:val="00AF6AAF"/>
     <w:rsid w:val="00B25147"/>
     <w:rsid w:val="00B302B5"/>
     <w:rsid w:val="00B31C62"/>
     <w:rsid w:val="00B3489F"/>
     <w:rsid w:val="00B3599F"/>
     <w:rsid w:val="00B36262"/>
     <w:rsid w:val="00B46245"/>
     <w:rsid w:val="00B47E92"/>
     <w:rsid w:val="00B5407D"/>
     <w:rsid w:val="00B540CE"/>
     <w:rsid w:val="00B64CF7"/>
     <w:rsid w:val="00B70BE3"/>
+    <w:rsid w:val="00B74EB1"/>
     <w:rsid w:val="00B771E3"/>
     <w:rsid w:val="00B94750"/>
     <w:rsid w:val="00B96914"/>
     <w:rsid w:val="00BA2625"/>
     <w:rsid w:val="00BB083A"/>
     <w:rsid w:val="00BD31ED"/>
     <w:rsid w:val="00BE0ED7"/>
     <w:rsid w:val="00BE1864"/>
     <w:rsid w:val="00BF0198"/>
     <w:rsid w:val="00BF274B"/>
     <w:rsid w:val="00C21C5E"/>
     <w:rsid w:val="00C2396F"/>
     <w:rsid w:val="00C24AAC"/>
     <w:rsid w:val="00C37294"/>
     <w:rsid w:val="00C46A55"/>
     <w:rsid w:val="00C50D60"/>
     <w:rsid w:val="00C556A6"/>
     <w:rsid w:val="00C701D6"/>
     <w:rsid w:val="00C80904"/>
     <w:rsid w:val="00C97969"/>
     <w:rsid w:val="00CA5102"/>
     <w:rsid w:val="00CC60AB"/>
     <w:rsid w:val="00D00E04"/>
     <w:rsid w:val="00D0254C"/>
     <w:rsid w:val="00D262CA"/>
@@ -5838,80 +4228,82 @@
     <w:rsid w:val="00ED5854"/>
     <w:rsid w:val="00EF45F1"/>
     <w:rsid w:val="00EF687B"/>
     <w:rsid w:val="00F037EC"/>
     <w:rsid w:val="00F03A20"/>
     <w:rsid w:val="00F050DC"/>
     <w:rsid w:val="00F06B2E"/>
     <w:rsid w:val="00F10B80"/>
     <w:rsid w:val="00F3027B"/>
     <w:rsid w:val="00F373F8"/>
     <w:rsid w:val="00F40D86"/>
     <w:rsid w:val="00F428A7"/>
     <w:rsid w:val="00F45186"/>
     <w:rsid w:val="00F452A4"/>
     <w:rsid w:val="00F45527"/>
     <w:rsid w:val="00F47866"/>
     <w:rsid w:val="00F47AB6"/>
     <w:rsid w:val="00F651A8"/>
     <w:rsid w:val="00F753AD"/>
     <w:rsid w:val="00F8000C"/>
     <w:rsid w:val="00F85C53"/>
     <w:rsid w:val="00F86D49"/>
     <w:rsid w:val="00F93105"/>
     <w:rsid w:val="00F95B49"/>
     <w:rsid w:val="00F97923"/>
+    <w:rsid w:val="00FA53CB"/>
     <w:rsid w:val="00FA580A"/>
     <w:rsid w:val="00FA6D7F"/>
     <w:rsid w:val="00FA775D"/>
     <w:rsid w:val="00FC31D1"/>
     <w:rsid w:val="00FD1933"/>
     <w:rsid w:val="00FD66CE"/>
     <w:rsid w:val="00FD77E1"/>
     <w:rsid w:val="00FE24F9"/>
+    <w:rsid w:val="00FE2A45"/>
     <w:rsid w:val="00FE3A44"/>
     <w:rsid w:val="00FF42BF"/>
     <w:rsid w:val="00FF6005"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2053"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="04E89716"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5DECCB25-5BB7-4EF0-A0FF-60DF72C87D09}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -6550,850 +4942,69 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2033988569">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bot@ama-assn.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX5.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nadine.siewnarine@ama-assn.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bot@ama-assn.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nadine.siewnarine@ama-assn.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Program%20Files\microsoft%20office\templates\AMA\Patrick.dot" TargetMode="External"/></Relationships>
-</file>
-[...781 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7668,75 +5279,83 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38497EE4-91B7-436E-9FB5-007798B7959F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Patrick</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>840</Words>
-  <Characters>5695</Characters>
+  <Words>845</Words>
+  <Characters>5246</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>13</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>141</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>AMA  Council/Committee nomination form</vt:lpstr>
+      <vt:lpstr>AMA Awards Application Form</vt:lpstr>
+      <vt:lpstr>    Supporting Information</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>American Medical Association</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6522</CharactersWithSpaces>
+  <CharactersWithSpaces>6022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>1376305</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>188</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:nadine.siewnarine@ama-assn.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3801175</vt:i4>
       </vt:variant>
       <vt:variant>